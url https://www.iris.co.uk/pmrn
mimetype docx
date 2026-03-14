--- v0 (2025-12-05)
+++ v1 (2026-03-14)
@@ -14,64 +14,64 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="57188FAF" w14:textId="77777777" w:rsidR="00FA28EA" w:rsidRDefault="006E07E5" w:rsidP="00445EF6">
+    <w:p w14:paraId="373B8ADB" w14:textId="26D5EDB9" w:rsidR="00FA28EA" w:rsidRDefault="006E07E5" w:rsidP="00445EF6">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54D88672" wp14:editId="11AAAB0B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23702B77" wp14:editId="7597D179">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>-69215</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-796290</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7611745" cy="10677525"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
@@ -90,9149 +90,1560 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7611745" cy="10677525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644D1805" w14:textId="77777777" w:rsidR="00FA28EA" w:rsidRDefault="006E07E5">
+    <w:p w14:paraId="024AB49A" w14:textId="66DCEBEA" w:rsidR="00FA28EA" w:rsidRDefault="006E07E5">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B70807D" wp14:editId="05FE1DCB">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A9B3EBD" wp14:editId="0A035FEA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>3093085</wp:posOffset>
+                  <wp:posOffset>3423273</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4358005" cy="2172970"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:extent cx="5011420" cy="1957705"/>
+                <wp:effectExtent l="0" t="0" r="0" b="4445"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="217" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4358005" cy="2172970"/>
+                          <a:ext cx="5011420" cy="1957705"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7AA8CD4F" w14:textId="7254E40F" w:rsidR="006B2E63" w:rsidRPr="00C46B6F" w:rsidRDefault="006B2E63" w:rsidP="006B2E63">
+                          <w:p w14:paraId="565ADA06" w14:textId="638EF44D" w:rsidR="00064E87" w:rsidRPr="006B6DA2" w:rsidRDefault="00E145A9">
                             <w:pPr>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="56"/>
                                 <w:szCs w:val="56"/>
+                                <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C46B6F">
+                            <w:r w:rsidRPr="006B6DA2">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="56"/>
                                 <w:szCs w:val="56"/>
+                                <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve">IRIS </w:t>
                             </w:r>
-                            <w:r w:rsidR="009B017C" w:rsidRPr="00C46B6F">
+                            <w:r w:rsidR="00BF4A19" w:rsidRPr="006B6DA2">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="56"/>
                                 <w:szCs w:val="56"/>
+                                <w:lang w:val="en-US"/>
                               </w:rPr>
-                              <w:t>PAYE-MASTER</w:t>
+                              <w:t>PAYE-Master</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="38D93C1F" w14:textId="06CA8B32" w:rsidR="006B2E63" w:rsidRPr="00C46B6F" w:rsidRDefault="006B2E63" w:rsidP="006B2E63">
+                          <w:p w14:paraId="766AFD8E" w14:textId="0A313F19" w:rsidR="00064E87" w:rsidRPr="006B6DA2" w:rsidRDefault="000715B9">
                             <w:pPr>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="48"/>
+                                <w:rFonts w:cs="Open Sans"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                                <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C46B6F">
+                            <w:r w:rsidRPr="006B6DA2">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="48"/>
+                                <w:rFonts w:cs="Open Sans"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                                <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Release Notes</w:t>
                             </w:r>
+                            <w:r w:rsidR="00BC72CF" w:rsidRPr="006B6DA2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Open Sans"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> – Version 25.120</w:t>
+                            </w:r>
                           </w:p>
-                          <w:p w14:paraId="46E2F2E1" w14:textId="74521DE8" w:rsidR="00FA28EA" w:rsidRPr="00C46B6F" w:rsidRDefault="00C46B6F">
+                          <w:p w14:paraId="018E2794" w14:textId="726F22CA" w:rsidR="00064E87" w:rsidRPr="00BC72CF" w:rsidRDefault="00967624">
                             <w:pPr>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="48"/>
+                                <w:rFonts w:cs="Open Sans"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C46B6F">
+                            <w:r>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="48"/>
+                                <w:rFonts w:cs="Open Sans"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">April 2025 - </w:t>
+                              <w:t>March</w:t>
                             </w:r>
-                            <w:r w:rsidR="00085E6F" w:rsidRPr="00C46B6F">
+                            <w:r w:rsidR="00413F0F" w:rsidRPr="00BC72CF">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="48"/>
+                                <w:rFonts w:cs="Open Sans"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
                               </w:rPr>
-                              <w:t>Version: 2</w:t>
-[...31 lines deleted...]
-                              <w:t>0</w:t>
+                              <w:t xml:space="preserve"> 2026</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="5B70807D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="3A9B3EBD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:243.55pt;width:343.15pt;height:171.1pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrVFmd+QEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N740aTZWnNV2t1tV&#10;2l6kbT8AYxyjAkOBxE6/fgfszUbtW1U/IMYDZ+acOWyvR63IUTgvwdS0WOSUCMOhlWZf0x/f799c&#10;UeIDMy1TYERNT8LT693rV9vBVqKEHlQrHEEQ46vB1rQPwVZZ5nkvNPMLsMJgsgOnWcDQ7bPWsQHR&#10;tcrKPH+XDeBa64AL7/Hv3ZSku4TfdYKHr13nRSCqpthbSKtLaxPXbLdl1d4x20s+t8H+oQvNpMGi&#10;Z6g7Fhg5OPkXlJbcgYcuLDjoDLpOcpE4IJsi/4PNY8+sSFxQHG/PMvn/B8u/HB/tN0fC+B5GHGAi&#10;4e0D8J+eGLjtmdmLG+dg6AVrsXARJcsG66v5apTaVz6CNMNnaHHI7BAgAY2d01EV5EkQHQdwOosu&#10;xkA4/ly+XV3l+YoSjrmyWJebdRpLxqrn69b58FGAJnFTU4dTTfDs+OBDbIdVz0diNQP3Uqk0WWXI&#10;UNPNqlylCxcZLQMaT0ldUyyP32SFyPKDadPlwKSa9lhAmZl2ZDpxDmMz4sFIv4H2hAI4mAyGDwI3&#10;PbjflAxorpr6XwfmBCXqk0ERN8VyGd2YguVqXWLgLjPNZYYZjlA1DZRM29uQHDxxvUGxO5lkeOlk&#10;7hVNk9SZDR5deRmnUy/PcPcEAAD//wMAUEsDBBQABgAIAAAAIQDoCn2d3gAAAAgBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9LT8MwEITvSP0P1iJxo3YfpGnIpkIgriD6QOLmxtskaryOYrcJ/x5zguNo&#10;RjPf5JvRtuJKvW8cI8ymCgRx6UzDFcJ+93qfgvBBs9GtY0L4Jg+bYnKT68y4gT/oug2ViCXsM41Q&#10;h9BlUvqyJqv91HXE0Tu53uoQZV9J0+shlttWzpVKpNUNx4Vad/RcU3neXizC4e309blU79WLfegG&#10;NyrJdi0R727Hp0cQgcbwF4Zf/IgORWQ6ugsbL1qEeCQgLNPVDES0kzRZgDgipPP1AmSRy/8Hih8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAa1RZnfkBAADOAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6Ap9nd4AAAAIAQAADwAAAAAAAAAAAAAA&#10;AABTBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:269.55pt;width:394.6pt;height:154.15pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9THeZ+AEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X2xH8dJYcaquXadJ&#10;3YfU7QdgjGM04DIgsbNfvwt202h9q+YHBL7cc+8597C9HrUiR+G8BFPTYpFTIgyHVpp9TX/+uH93&#10;RYkPzLRMgRE1PQlPr3dv32wHW4kl9KBa4QiCGF8NtqZ9CLbKMs97oZlfgBUGgx04zQIe3T5rHRsQ&#10;XatsmefvswFcax1w4T3+vZuCdJfwu07w8K3rvAhE1RR7C2l1aW3imu22rNo7ZnvJ5zbYK7rQTBos&#10;eoa6Y4GRg5MvoLTkDjx0YcFBZ9B1kovEAdkU+T9sHntmReKC4nh7lsn/P1j+9fhovzsSxg8w4gAT&#10;CW8fgP/yxMBtz8xe3DgHQy9Yi4WLKFk2WF/NqVFqX/kI0gxfoMUhs0OABDR2TkdVkCdBdBzA6Sy6&#10;GAPh+LPMi2K1xBDHWLEp1+u8TDVY9ZRunQ+fBGgSNzV1ONUEz44PPsR2WPV0JVYzcC+VSpNVhgw1&#10;3ZTLMiVcRLQMaDwldU2v8vhNVogsP5o2JQcm1bTHAsrMtCPTiXMYmxEvRvoNtCcUwMFkMHwQuOnB&#10;/aFkQHPV1P8+MCcoUZ8NirgpVqvoxnRYletI311GmssIMxyhahoomba3ITl44nqDYncyyfDcydwr&#10;miapMxs8uvLynG49P8PdXwAAAP//AwBQSwMEFAAGAAgAAAAhAL412yLeAAAACAEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3GjdktKkzSbCoG4gig/Ejc33iZR43UUu014e8wJjqMZ&#10;zXxT7CbbiQsNvnWMsFwoEMSVMy3XCO9vTzcpCB80G905JoRv8rArZ1eFzo0b+ZUu+1CLWMI+1whN&#10;CH0upa8astovXE8cvaMbrA5RDrU0gx5jue3kSqk7aXXLcaHRPT00VJ32Z4vw8Xz8+kzUS/1o1/3o&#10;JiXZZhLxej7db0EEmsJfGH7xIzqUkengzmy86BDikYCwvs2WIKK9SbMViANCmmwSkGUh/x8ofwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA9THeZ+AEAAM4DAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC+Ndsi3gAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;AFIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAXQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="7AA8CD4F" w14:textId="7254E40F" w:rsidR="006B2E63" w:rsidRPr="00C46B6F" w:rsidRDefault="006B2E63" w:rsidP="006B2E63">
+                    <w:p w14:paraId="565ADA06" w14:textId="638EF44D" w:rsidR="00064E87" w:rsidRPr="006B6DA2" w:rsidRDefault="00E145A9">
                       <w:pPr>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:cs="Open Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="56"/>
                           <w:szCs w:val="56"/>
+                          <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C46B6F">
+                      <w:r w:rsidRPr="006B6DA2">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:cs="Open Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="56"/>
                           <w:szCs w:val="56"/>
+                          <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve">IRIS </w:t>
                       </w:r>
-                      <w:r w:rsidR="009B017C" w:rsidRPr="00C46B6F">
+                      <w:r w:rsidR="00BF4A19" w:rsidRPr="006B6DA2">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:cs="Open Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="56"/>
                           <w:szCs w:val="56"/>
+                          <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>PAYE-MASTER</w:t>
+                        <w:t>PAYE-Master</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="38D93C1F" w14:textId="06CA8B32" w:rsidR="006B2E63" w:rsidRPr="00C46B6F" w:rsidRDefault="006B2E63" w:rsidP="006B2E63">
+                    <w:p w14:paraId="766AFD8E" w14:textId="0A313F19" w:rsidR="00064E87" w:rsidRPr="006B6DA2" w:rsidRDefault="000715B9">
                       <w:pPr>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="48"/>
+                          <w:rFonts w:cs="Open Sans"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                          <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C46B6F">
+                      <w:r w:rsidRPr="006B6DA2">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="48"/>
+                          <w:rFonts w:cs="Open Sans"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                          <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Release Notes</w:t>
                       </w:r>
+                      <w:r w:rsidR="00BC72CF" w:rsidRPr="006B6DA2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Open Sans"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> – Version 25.120</w:t>
+                      </w:r>
                     </w:p>
-                    <w:p w14:paraId="46E2F2E1" w14:textId="74521DE8" w:rsidR="00FA28EA" w:rsidRPr="00C46B6F" w:rsidRDefault="00C46B6F">
+                    <w:p w14:paraId="018E2794" w14:textId="726F22CA" w:rsidR="00064E87" w:rsidRPr="00BC72CF" w:rsidRDefault="00967624">
                       <w:pPr>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="48"/>
+                          <w:rFonts w:cs="Open Sans"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C46B6F">
+                      <w:r>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="48"/>
+                          <w:rFonts w:cs="Open Sans"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">April 2025 - </w:t>
+                        <w:t>March</w:t>
                       </w:r>
-                      <w:r w:rsidR="00085E6F" w:rsidRPr="00C46B6F">
+                      <w:r w:rsidR="00413F0F" w:rsidRPr="00BC72CF">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="48"/>
+                          <w:rFonts w:cs="Open Sans"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
                         </w:rPr>
-                        <w:t>Version: 2</w:t>
-[...31 lines deleted...]
-                        <w:t>0</w:t>
+                        <w:t xml:space="preserve"> 2026</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C9F63C9" w14:textId="77777777" w:rsidR="00FA28EA" w:rsidRDefault="00FA28EA" w:rsidP="00FA28EA">
-[...2 lines deleted...]
-        <w:sectPr w:rsidR="00FA28EA" w:rsidSect="00905CD9">
+    <w:p w14:paraId="06FF1E8A" w14:textId="77777777" w:rsidR="00FA28EA" w:rsidRDefault="00FA28EA" w:rsidP="00C5426F">
+      <w:pPr>
+        <w:sectPr w:rsidR="00FA28EA" w:rsidSect="002336B0">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:headerReference w:type="first" r:id="rId14"/>
           <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="0" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09C40C69" w14:textId="77777777" w:rsidR="00982ADC" w:rsidRPr="00F033DE" w:rsidRDefault="00982ADC" w:rsidP="003C4F18">
-      <w:pPr>
+    <w:p w14:paraId="04433628" w14:textId="77777777" w:rsidR="00982ADC" w:rsidRPr="00F033DE" w:rsidRDefault="00982ADC" w:rsidP="00C5426F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F033DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561143E0" w14:textId="74C34CCF" w:rsidR="00820569" w:rsidRDefault="003C4F18">
+    <w:p w14:paraId="39B3117E" w14:textId="6C97C87B" w:rsidR="0080047F" w:rsidRDefault="003C4F18">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
+          <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F033DE">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00F033DE">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "3-3" \h \z \t "Heading 1,1,Heading 2,2" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00F033DE">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc190947258" w:history="1">
-        <w:r w:rsidR="00820569" w:rsidRPr="008923CA">
+      <w:hyperlink w:anchor="_Toc219187959" w:history="1">
+        <w:r w:rsidR="0080047F" w:rsidRPr="00B81AEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Release Notes</w:t>
+          <w:t>Introduction</w:t>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r w:rsidR="0080047F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r w:rsidR="0080047F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r w:rsidR="0080047F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc190947258 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219187959 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r w:rsidR="0080047F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r w:rsidR="0080047F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r w:rsidR="006B6DA2">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r w:rsidR="0080047F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F65CEF3" w14:textId="43D953E5" w:rsidR="00820569" w:rsidRDefault="00000000">
+    <w:p w14:paraId="25B2F474" w14:textId="71901FA4" w:rsidR="0080047F" w:rsidRDefault="0080047F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
+          <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc190947259" w:history="1">
-        <w:r w:rsidR="00820569" w:rsidRPr="008923CA">
+      <w:hyperlink w:anchor="_Toc219187960" w:history="1">
+        <w:r w:rsidRPr="00B81AEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>April 2025 Version 25.10</w:t>
+          <w:t>P60 – 2025/2026 Tax Year</w:t>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc190947259 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219187960 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r w:rsidR="006B6DA2">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2FC133AB" w14:textId="1D25AC41" w:rsidR="00820569" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5D58CC46" w14:textId="3B8C60FA" w:rsidR="0080047F" w:rsidRDefault="0080047F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
+          <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc190947260" w:history="1">
-        <w:r w:rsidR="00820569" w:rsidRPr="008923CA">
+      <w:hyperlink w:anchor="_Toc219187961" w:history="1">
+        <w:r w:rsidRPr="00B81AEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>PAYE Legislation</w:t>
+          <w:t>End-of-Life Message</w:t>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc190947260 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219187961 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r w:rsidR="006B6DA2">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="21E7F679" w14:textId="24DC9D5F" w:rsidR="00820569" w:rsidRDefault="00000000">
+    <w:p w14:paraId="32A173DF" w14:textId="75FA90DE" w:rsidR="0080047F" w:rsidRDefault="0080047F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
+          <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc190947261" w:history="1">
-        <w:r w:rsidR="00820569" w:rsidRPr="008923CA">
+      <w:hyperlink w:anchor="_Toc219187962" w:history="1">
+        <w:r w:rsidRPr="00B81AEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:noProof/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Student/Postgraduate Loan Thresholds</w:t>
+          <w:t>Disable Year-end-Restart</w:t>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc190947261 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219187962 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r w:rsidR="006B6DA2">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5AE74125" w14:textId="77030799" w:rsidR="00820569" w:rsidRDefault="00000000">
+    <w:p w14:paraId="76E6EEB3" w14:textId="679ADB74" w:rsidR="0080047F" w:rsidRDefault="0080047F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
+          <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc190947262" w:history="1">
-        <w:r w:rsidR="00820569" w:rsidRPr="008923CA">
+      <w:hyperlink w:anchor="_Toc219187963" w:history="1">
+        <w:r w:rsidRPr="00B81AEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:noProof/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Tax Codes</w:t>
+          <w:t>Preventing New Company Creation</w:t>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc190947262 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219187963 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r w:rsidR="006B6DA2">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00820569">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="74BB0354" w14:textId="523B0BB5" w:rsidR="00820569" w:rsidRDefault="00000000">
-[...692 lines deleted...]
-    <w:p w14:paraId="6FA02707" w14:textId="03E6607E" w:rsidR="00041610" w:rsidRPr="004D73FB" w:rsidRDefault="003C4F18" w:rsidP="004D73FB">
+    <w:p w14:paraId="3B0AC3B2" w14:textId="14604E2E" w:rsidR="00041610" w:rsidRPr="00D60A0E" w:rsidRDefault="003C4F18" w:rsidP="00D60A0E">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
         </w:tabs>
-        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00041610" w:rsidRPr="004D73FB" w:rsidSect="00905CD9">
+        <w:sectPr w:rsidR="00041610" w:rsidRPr="00D60A0E" w:rsidSect="002336B0">
           <w:headerReference w:type="default" r:id="rId16"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2211" w:right="1440" w:bottom="1440" w:left="1440" w:header="624" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00F033DE">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="382F5BBF" w14:textId="77777777" w:rsidR="006B2E63" w:rsidRPr="00C46B6F" w:rsidRDefault="006B2E63" w:rsidP="006B2E63">
+    <w:p w14:paraId="603CE47D" w14:textId="1FBEECE3" w:rsidR="0050672D" w:rsidRPr="002B5048" w:rsidRDefault="00A00FED" w:rsidP="0050672D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="62B5E5" w:themeColor="accent2"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc32494557"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C46B6F">
+      <w:bookmarkStart w:id="0" w:name="_Toc219187959"/>
+      <w:r w:rsidRPr="002B5048">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="62B5E5" w:themeColor="accent2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Release Notes</w:t>
+        <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="2696FD91" w14:textId="60BB9371" w:rsidR="00A4139B" w:rsidRPr="005E0B1E" w:rsidRDefault="00B0187F" w:rsidP="0057122C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0B1E" w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hese release notes provide details on the final (End-of-Life) release for </w:t>
+      </w:r>
+      <w:r w:rsidR="001651C8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IRIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4A19">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PAYE-Master</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. This is in line with previous communications </w:t>
+      </w:r>
+      <w:r w:rsidR="00915169" w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">issued </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>on the product’s end of life</w:t>
+      </w:r>
+      <w:r w:rsidR="005C56ED" w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after the</w:t>
+      </w:r>
+      <w:r w:rsidR="00270D16" w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C56ED" w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025-2026 Tax Year. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648CA12D" w14:textId="3920AE45" w:rsidR="0633FB60" w:rsidRDefault="0633FB60" w:rsidP="0633FB60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="579D8564" w14:textId="125DAEB5" w:rsidR="494BBEF5" w:rsidRDefault="7EDBCAE4" w:rsidP="494BBEF5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Please note that this release contains P60 statutory configurations and is therefore mandatory for all customers completing their</w:t>
+      </w:r>
+      <w:r w:rsidR="0B1413FA" w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> payrolls for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025/2026 Tax Year in </w:t>
+      </w:r>
+      <w:r w:rsidR="001651C8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IRIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4A19">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PAYE-Master</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427EAEE7" w14:textId="3728FA7D" w:rsidR="00EC106E" w:rsidRDefault="00F31E94" w:rsidP="009B243A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc219187960"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc127948762"/>
+      <w:r>
+        <w:t>P60 – 2025/2026 Tax</w:t>
+      </w:r>
+      <w:r w:rsidR="005F19F5">
+        <w:t xml:space="preserve"> Year</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="60789E5D" w14:textId="68BD82A0" w:rsidR="00AE5FA1" w:rsidRPr="00C46B6F" w:rsidRDefault="00FE1C47" w:rsidP="00241F92">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="2B225CDB" w14:textId="445584DB" w:rsidR="00843CB9" w:rsidRPr="00843CB9" w:rsidRDefault="00843CB9" w:rsidP="00843CB9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>New P60 layout</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100A932D" w14:textId="655B9175" w:rsidR="00BF3308" w:rsidRDefault="003A4AFC" w:rsidP="00843CB9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Updated for the 2025-2026 Tax Year</w:t>
+      </w:r>
+      <w:r w:rsidR="000971EC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1795D372" w14:textId="5AC4F31F" w:rsidR="003A4AFC" w:rsidRDefault="003A4AFC" w:rsidP="00843CB9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Includes the new Statutory Neonatal Care Pay </w:t>
+      </w:r>
+      <w:r w:rsidR="009367F5">
+        <w:t xml:space="preserve">(SNCP) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>payments</w:t>
+      </w:r>
+      <w:r w:rsidR="000971EC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D64E4A" w14:textId="6322B326" w:rsidR="00657DDE" w:rsidRPr="00BF3308" w:rsidRDefault="003970CB" w:rsidP="003970CB">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc219187961"/>
+      <w:r>
+        <w:t>End-of-Life Message</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="7AC09A03" w14:textId="67D4F10A" w:rsidR="007726EB" w:rsidRDefault="007726EB" w:rsidP="0633FB60">
+      <w:pPr>
+        <w:pStyle w:val="xmsolistparagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="300" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C46B6F">
+      <w:r w:rsidRPr="0633FB60">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Welcome to your software update for </w:t>
+        <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="006F29EB" w:rsidRPr="00C46B6F">
+      <w:r w:rsidR="00642BB1" w:rsidRPr="0633FB60">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">the </w:t>
+        <w:t xml:space="preserve"> hard-coded </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C46B6F">
+      <w:r w:rsidR="007B3702" w:rsidRPr="0633FB60">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>202</w:t>
+        <w:t>in-app</w:t>
       </w:r>
-      <w:r w:rsidR="00301CB0" w:rsidRPr="00C46B6F">
+      <w:r w:rsidRPr="0633FB60">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006F29EB" w:rsidRPr="00C46B6F">
+      <w:r w:rsidR="005E14FA" w:rsidRPr="0633FB60">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>/202</w:t>
+        <w:t xml:space="preserve">message </w:t>
       </w:r>
-      <w:r w:rsidR="00301CB0" w:rsidRPr="00C46B6F">
+      <w:r w:rsidRPr="0633FB60">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>will inform all users that this is the final release, intended only for producing P60s for the 2025–2026 Tax Year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C8FF47" w14:textId="77777777" w:rsidR="007726EB" w:rsidRPr="007726EB" w:rsidRDefault="007726EB" w:rsidP="007726EB">
+      <w:pPr>
+        <w:pStyle w:val="xmsolistparagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="300" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007726EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>This message will appear:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F61C36" w14:textId="77777777" w:rsidR="007726EB" w:rsidRPr="007726EB" w:rsidRDefault="007726EB" w:rsidP="007726EB">
+      <w:pPr>
+        <w:pStyle w:val="xmsolistparagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007726EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Before the log in screen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A52028" w14:textId="77777777" w:rsidR="007726EB" w:rsidRPr="007726EB" w:rsidRDefault="007726EB" w:rsidP="007726EB">
+      <w:pPr>
+        <w:pStyle w:val="xmsolistparagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007726EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>When payroll calculation is triggered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F1B042F" w14:textId="67AE6A24" w:rsidR="0633FB60" w:rsidRPr="00B906DA" w:rsidRDefault="007726EB" w:rsidP="00B906DA">
+      <w:pPr>
+        <w:pStyle w:val="xmsolistparagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On attempt to run Year End re-start for rolling over to the 2026/2027 Tax Year as the product will no longer be legislatively compliant from </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="006F29EB" w:rsidRPr="00C46B6F">
+      <w:r w:rsidRPr="0633FB60">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...461 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
-          <w:color w:val="62B5E5"/>
-[...47 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidRPr="00115FCF">
+      <w:r w:rsidRPr="0633FB60">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> April 2025 (Tax year 2025/2026)</w:t>
+        <w:t> April 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0633FB60">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> onwards.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F6AE71" w14:textId="77777777" w:rsidR="00DA133F" w:rsidRPr="00C46B6F" w:rsidRDefault="00DA133F" w:rsidP="00DA133F">
-      <w:pPr>
+    <w:p w14:paraId="6E296784" w14:textId="1A8AE364" w:rsidR="00695542" w:rsidRDefault="00695542" w:rsidP="00695542">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C46B6F">
+      <w:bookmarkStart w:id="4" w:name="_Toc219187962"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">This includes a minimum entitlement of one week, in addition to other leave entitlements such as maternity, paternity and shared parental leave.  SNCP applies to employees in England, Scotland, and Wales, but not currently Northern Ireland. </w:t>
+        <w:t>Disable Year-end-Restart</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="5D525786" w14:textId="77777777" w:rsidR="00015ECA" w:rsidRPr="00015ECA" w:rsidRDefault="00015ECA" w:rsidP="00015ECA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00015ECA">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Year-End Restart option will no longer be functional.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C8F17B0" w14:textId="35D7A7F5" w:rsidR="00DA133F" w:rsidRPr="00C46B6F" w:rsidRDefault="00DA133F" w:rsidP="00DA133F">
-      <w:pPr>
+    <w:p w14:paraId="4A19F5A1" w14:textId="64C036CB" w:rsidR="00015ECA" w:rsidRDefault="00015ECA" w:rsidP="00015ECA">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C46B6F">
+      <w:bookmarkStart w:id="5" w:name="_Toc219187963"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Key </w:t>
+        <w:t>Preventing New Company Creation</w:t>
       </w:r>
-      <w:r w:rsidR="009514D5">
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="432972E8" w14:textId="77777777" w:rsidR="00440C0F" w:rsidRPr="00281482" w:rsidRDefault="00440C0F" w:rsidP="00440C0F">
+      <w:pPr>
+        <w:pStyle w:val="xmsolistparagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="300" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>po</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00452673">
+      </w:pPr>
+      <w:r w:rsidRPr="00281482">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ints</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> of Statutory Neonatal care include: </w:t>
+        <w:t>Users will not be able to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F0D9E86" w14:textId="77777777" w:rsidR="00115FCF" w:rsidRPr="00115FCF" w:rsidRDefault="00115FCF" w:rsidP="00115FCF">
-[...1 lines deleted...]
-        <w:pStyle w:val="SquareBulletsmall"/>
+    <w:p w14:paraId="282A1070" w14:textId="4E312B91" w:rsidR="00440C0F" w:rsidRPr="00281482" w:rsidRDefault="00440C0F" w:rsidP="00440C0F">
+      <w:pPr>
+        <w:pStyle w:val="xmsolistparagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="300" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00115FCF">
+      <w:r w:rsidRPr="00281482">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>26 weeks continuous service required</w:t>
+        <w:t>Create a new company</w:t>
+      </w:r>
+      <w:r w:rsidR="00911B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A22FD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2025/2026 tax year has finished</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F43BA22" w14:textId="77777777" w:rsidR="00115FCF" w:rsidRPr="00115FCF" w:rsidRDefault="00115FCF" w:rsidP="00AB1DA2">
-[...1 lines deleted...]
-        <w:pStyle w:val="SquareBulletsmall"/>
+    <w:p w14:paraId="70C57093" w14:textId="77777777" w:rsidR="00440C0F" w:rsidRPr="00281482" w:rsidRDefault="00440C0F" w:rsidP="00440C0F">
+      <w:pPr>
+        <w:pStyle w:val="xmsolistparagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:ind w:left="357" w:hanging="357"/>
+        <w:spacing w:line="300" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00115FCF">
+      <w:r w:rsidRPr="00281482">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Rate is the same as other statutory parental pay, for 2025/2026 £187.18 or 90% of average weekly earnings, whichever is lower</w:t>
+        <w:t>If selected, users will see:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B16D8F9" w14:textId="32DF948C" w:rsidR="00115FCF" w:rsidRDefault="00DA133F" w:rsidP="009B031F">
-[...6 lines deleted...]
-        <w:ind w:left="357" w:hanging="357"/>
+    <w:p w14:paraId="617CBA13" w14:textId="77777777" w:rsidR="00440C0F" w:rsidRPr="00281482" w:rsidRDefault="00440C0F" w:rsidP="00440C0F">
+      <w:pPr>
+        <w:pStyle w:val="xmsolistparagraph"/>
+        <w:spacing w:line="300" w:lineRule="atLeast"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00115FCF">
+      <w:r w:rsidRPr="00281482">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The employee must take leave within the first 68 weeks of their baby’s birth to qualify for SNCP</w:t>
+        <w:t>“The task cannot be completed. The product has come to its End-of-Life.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6975AB83" w14:textId="5CCC0CE0" w:rsidR="00DA133F" w:rsidRPr="00115FCF" w:rsidRDefault="00DA133F" w:rsidP="009B031F">
-[...1 lines deleted...]
-        <w:pStyle w:val="SquareBulletsmall"/>
+    <w:p w14:paraId="08FB62B7" w14:textId="77777777" w:rsidR="00440C0F" w:rsidRPr="00281482" w:rsidRDefault="00440C0F" w:rsidP="00440C0F">
+      <w:pPr>
+        <w:pStyle w:val="xmsolistparagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:ind w:left="357" w:hanging="357"/>
+        <w:spacing w:line="300" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00115FCF">
+      <w:r w:rsidRPr="00281482">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Statutory Neonatal Care Pay and Leave can be taken in two tiers:</w:t>
+        <w:t>Use Copy Company (except for receivership, which will continue to work as normal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6241BCD2" w14:textId="77777777" w:rsidR="00DA133F" w:rsidRPr="00C46B6F" w:rsidRDefault="00DA133F" w:rsidP="00DA133F">
-[...2809 lines deleted...]
-    <w:p w14:paraId="05068346" w14:textId="68C8279C" w:rsidR="009A3770" w:rsidRPr="009A3770" w:rsidRDefault="009A3770" w:rsidP="009A3770">
+    <w:p w14:paraId="193CEAB8" w14:textId="044D30DD" w:rsidR="00440C0F" w:rsidRPr="006F1C72" w:rsidRDefault="006F1C72" w:rsidP="006F1C72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A3770">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Statutory Maternity Pay</w:t>
+        <w:t xml:space="preserve">END - </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5351EC57" w14:textId="77777777" w:rsidR="009A3770" w:rsidRPr="009A3770" w:rsidRDefault="009A3770" w:rsidP="009A3770">
-[...3929 lines deleted...]
-    <w:sectPr w:rsidR="00041610" w:rsidRPr="00C46B6F" w:rsidSect="00905CD9">
+    <w:sectPr w:rsidR="00440C0F" w:rsidRPr="006F1C72" w:rsidSect="002336B0">
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A499795" w14:textId="77777777" w:rsidR="00D576E7" w:rsidRDefault="00D576E7" w:rsidP="00A75AFD">
+    <w:p w14:paraId="0595D6CA" w14:textId="77777777" w:rsidR="00036AA0" w:rsidRDefault="00036AA0" w:rsidP="00A75AFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26986254" w14:textId="77777777" w:rsidR="00D576E7" w:rsidRDefault="00D576E7" w:rsidP="00A75AFD">
+    <w:p w14:paraId="087EAD9A" w14:textId="77777777" w:rsidR="00036AA0" w:rsidRDefault="00036AA0" w:rsidP="00A75AFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="0D1CA6A8" w14:textId="77777777" w:rsidR="00036AA0" w:rsidRDefault="00036AA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-    <w:panose1 w:val="05050102010706020507"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
-    <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Open Sans Semibold">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0706030804020204"/>
+  <w:font w:name="Open Sans SemiBold">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="14AE9489" w14:textId="77777777" w:rsidR="006A7EC3" w:rsidRDefault="006A7EC3" w:rsidP="006A7EC3">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="022BB6A2" w14:textId="77777777" w:rsidR="00064E87" w:rsidRDefault="00064E87" w:rsidP="006A7EC3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="08850DC9" w14:textId="77777777" w:rsidR="006A7EC3" w:rsidRPr="006A7EC3" w:rsidRDefault="006A7EC3" w:rsidP="006A7EC3">
+  <w:p w14:paraId="620A1DA5" w14:textId="77777777" w:rsidR="00064E87" w:rsidRPr="006A7EC3" w:rsidRDefault="00064E87" w:rsidP="006A7EC3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006A7EC3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="006A7EC3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
@@ -9240,76 +1651,76 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="006A7EC3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="006A7EC3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="736E8C77" w14:textId="77777777" w:rsidR="006A7EC3" w:rsidRDefault="006A7EC3" w:rsidP="006A7EC3">
+  <w:p w14:paraId="39203702" w14:textId="77777777" w:rsidR="00064E87" w:rsidRDefault="00064E87" w:rsidP="006A7EC3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7095"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00A75AFD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="DengXian" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="65B5E2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>IRIS. Look forward</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="173A7D75" w14:textId="77777777" w:rsidR="006A7EC3" w:rsidRPr="006A7EC3" w:rsidRDefault="006A7EC3" w:rsidP="006A7EC3">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1BDB39B3" w14:textId="77777777" w:rsidR="00064E87" w:rsidRPr="006A7EC3" w:rsidRDefault="00064E87" w:rsidP="006A7EC3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006A7EC3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="006A7EC3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
@@ -9318,76 +1729,76 @@
         <w:b/>
         <w:bCs/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="006A7EC3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="006A7EC3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="39EBC13A" w14:textId="77777777" w:rsidR="000A0542" w:rsidRDefault="006A7EC3" w:rsidP="006A7EC3">
+  <w:p w14:paraId="44414A30" w14:textId="77777777" w:rsidR="00064E87" w:rsidRDefault="00064E87" w:rsidP="006A7EC3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7095"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00A75AFD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="DengXian" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="65B5E2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>IRIS. Look forward</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1C499D3E" w14:textId="77777777" w:rsidR="00342990" w:rsidRPr="006A7EC3" w:rsidRDefault="00342990" w:rsidP="006A7EC3">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7F0321E1" w14:textId="77777777" w:rsidR="00064E87" w:rsidRPr="006A7EC3" w:rsidRDefault="00064E87" w:rsidP="006A7EC3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006A7EC3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="006A7EC3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
@@ -9396,569 +1807,805 @@
         <w:b/>
         <w:bCs/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="006A7EC3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="006A7EC3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="62B5E5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4F22062D" w14:textId="77777777" w:rsidR="00342990" w:rsidRDefault="00342990" w:rsidP="006A7EC3">
+  <w:p w14:paraId="3637BA43" w14:textId="77777777" w:rsidR="00064E87" w:rsidRDefault="00064E87" w:rsidP="006A7EC3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7095"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00A75AFD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="DengXian" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="65B5E2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>IRIS. Look forward</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F866F55" w14:textId="77777777" w:rsidR="00D576E7" w:rsidRDefault="00D576E7" w:rsidP="00A75AFD">
+    <w:p w14:paraId="5BBBF68F" w14:textId="77777777" w:rsidR="00036AA0" w:rsidRDefault="00036AA0" w:rsidP="00A75AFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="539F2DD7" w14:textId="77777777" w:rsidR="00D576E7" w:rsidRDefault="00D576E7" w:rsidP="00A75AFD">
+    <w:p w14:paraId="659F826B" w14:textId="77777777" w:rsidR="00036AA0" w:rsidRDefault="00036AA0" w:rsidP="00A75AFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="4D99738D" w14:textId="77777777" w:rsidR="00036AA0" w:rsidRDefault="00036AA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1D7F5F89" w14:textId="77777777" w:rsidR="00CA352D" w:rsidRPr="00A75AFD" w:rsidRDefault="00CA352D" w:rsidP="00CA352D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="21489833" w14:textId="77777777" w:rsidR="00064E87" w:rsidRPr="00A75AFD" w:rsidRDefault="00064E87" w:rsidP="00CA352D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A75AFD">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3A80CB22" w14:textId="77777777" w:rsidR="00CA352D" w:rsidRDefault="00CA352D">
+  <w:p w14:paraId="790399AA" w14:textId="77777777" w:rsidR="00064E87" w:rsidRDefault="00064E87">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="3CF1373E" w14:textId="77777777" w:rsidR="00A75AFD" w:rsidRPr="00A75AFD" w:rsidRDefault="006E07E5" w:rsidP="004776DB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0E3A0BF0" w14:textId="77777777" w:rsidR="00064E87" w:rsidRPr="00A75AFD" w:rsidRDefault="00064E87" w:rsidP="004776DB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="2235"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1807EC5F" wp14:editId="0303C4A5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FFA1E7D" wp14:editId="59705A0E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-443230</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7632700" cy="10788015"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="Picture 5"/>
+          <wp:docPr id="1014403759" name="Picture 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 5"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7632700" cy="10788015"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="004776DB">
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="004776DB">
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0CE11FAA" w14:textId="77777777" w:rsidR="00A75AFD" w:rsidRPr="00A75AFD" w:rsidRDefault="00A75AFD">
+  <w:p w14:paraId="63E8AEE8" w14:textId="77777777" w:rsidR="00064E87" w:rsidRPr="00A75AFD" w:rsidRDefault="00064E87">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="2C9D55BB" w14:textId="77777777" w:rsidR="00342990" w:rsidRPr="00A75AFD" w:rsidRDefault="006E07E5" w:rsidP="00CA352D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6E2294BA" w14:textId="77777777" w:rsidR="00064E87" w:rsidRPr="00A75AFD" w:rsidRDefault="00064E87" w:rsidP="00CA352D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="429B9009" wp14:editId="64F1758C">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="463BB137" wp14:editId="7B0A548F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-418465</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7632700" cy="10854055"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1" name="Picture 1"/>
+          <wp:docPr id="1435844158" name="Picture 1435844158"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7632700" cy="10854055"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00342990" w:rsidRPr="00A75AFD">
+    <w:r w:rsidRPr="00A75AFD">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2AEEA8F2" w14:textId="77777777" w:rsidR="00342990" w:rsidRDefault="00342990">
+  <w:p w14:paraId="3FB094DD" w14:textId="77777777" w:rsidR="00064E87" w:rsidRDefault="00064E87">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="05DE8D1C" w14:textId="77777777" w:rsidR="00342990" w:rsidRPr="00A75AFD" w:rsidRDefault="00342990" w:rsidP="00CA352D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="166C0118" w14:textId="77777777" w:rsidR="00064E87" w:rsidRPr="00A75AFD" w:rsidRDefault="00064E87" w:rsidP="00CA352D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A75AFD">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="45D80EFD" w14:textId="77777777" w:rsidR="00342990" w:rsidRDefault="00342990">
+  <w:p w14:paraId="4872C644" w14:textId="77777777" w:rsidR="00064E87" w:rsidRDefault="00064E87">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4F82B80F" w14:textId="77777777" w:rsidR="004776DB" w:rsidRPr="00A75AFD" w:rsidRDefault="004776DB" w:rsidP="004776DB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="37CBCCB6" w14:textId="77777777" w:rsidR="00064E87" w:rsidRPr="00A75AFD" w:rsidRDefault="00064E87" w:rsidP="004776DB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="2235"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="64DC0A76" w14:textId="77777777" w:rsidR="004776DB" w:rsidRPr="00A75AFD" w:rsidRDefault="004776DB">
+  <w:p w14:paraId="20792854" w14:textId="77777777" w:rsidR="00064E87" w:rsidRPr="00A75AFD" w:rsidRDefault="00064E87">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="036F7B45"/>
+    <w:nsid w:val="0737715E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A7F8862E"/>
+    <w:lvl w:ilvl="0" w:tplc="1F94F6DA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="8E3887" w:themeColor="accent3"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13C46A64"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BC14CEF6"/>
+    <w:tmpl w:val="850A72CE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="o"/>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14E252C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17AA2002"/>
+    <w:lvl w:ilvl="0" w:tplc="4BAEE268">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Bullets"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="8E3887" w:themeColor="accent3"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="194645DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="28A81798"/>
-    <w:lvl w:ilvl="0" w:tplc="BC466E4C">
+    <w:tmpl w:val="396EC480"/>
+    <w:lvl w:ilvl="0" w:tplc="913E8CB2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="SquareBulletsmall"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="227" w:hanging="227"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="8E3887"/>
         <w:position w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="7CC4ECA6">
+    <w:lvl w:ilvl="1" w:tplc="F30A4D3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:color w:val="8E3887" w:themeColor="accent3"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
@@ -10012,51 +2659,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B4969EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="786E8050"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10161,54 +2808,167 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="212B19D4"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BB532A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FF060FEE"/>
+    <w:tmpl w:val="C8308F6A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C812F0B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F41EBEEA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -10274,54 +3034,54 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3340633D"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20AE6F5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E132D6EC"/>
+    <w:tmpl w:val="BCF44C40"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -10387,313 +3147,1481 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3F4E5817"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="212118D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5BE24172"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="227238B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E250A532"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="233D1A33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A210DDB2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A775185"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="69660E56"/>
+    <w:tmpl w:val="2FA05274"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B436E36"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D9F077F8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E577A3C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7C564C88"/>
+    <w:lvl w:ilvl="0" w:tplc="6870199C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2856" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="8E3887" w:themeColor="accent3"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3576" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4296" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5016" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5736" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6456" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7176" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7896" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8616" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37DD5691"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F68AD0BC"/>
+    <w:lvl w:ilvl="0" w:tplc="4A9246EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="479F7179"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="21065B24"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A9168FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D7A4460"/>
+    <w:lvl w:ilvl="0" w:tplc="947824AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Squarebullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:color w:val="62B5E5"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EB66DEA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3305446"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65D266B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2B04A73C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67090504"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="31027858"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68D7592B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DC8EC5C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="8E3887" w:themeColor="accent3"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
@@ -10768,51 +4696,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C8504C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D30AB720"/>
     <w:lvl w:ilvl="0" w:tplc="BB3471C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="NumberedList"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="570" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="8E3887"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -10863,200 +4791,313 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6EED5C76"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="730D1980"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E020BFD2"/>
+    <w:tmpl w:val="FEE42B00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73F966B9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="377C0B00"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="749D70E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4BFED21E"/>
     <w:lvl w:ilvl="0" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11125,905 +5166,2055 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76712CD5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="533ED4B2"/>
+    <w:lvl w:ilvl="0" w:tplc="EC029F0E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="o"/>
+    <w:lvl w:ilvl="1" w:tplc="838C130C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="2" w:tplc="FB3AA00A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="3" w:tplc="16CCE3BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="4" w:tplc="1B5A9282">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="5" w:tplc="12606FBE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="6" w:tplc="39723928">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="7" w:tplc="44FCEE38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="8" w:tplc="815E86F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1659765236">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="1" w16cid:durableId="1546873774">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1837333938">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="2" w16cid:durableId="646009504">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="86463985">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="3" w16cid:durableId="799492594">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="104858902">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="4" w16cid:durableId="315450426">
+    <w:abstractNumId w:val="21"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1000700919">
+  <w:num w:numId="5" w16cid:durableId="115372368">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1131751205">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1087071520">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="740523947">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1219710356">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="456682832">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1995834356">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="711803674">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1545827195">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1914047850">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1953048500">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="205918140">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1863007030">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="428088292">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="722411786">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="19" w16cid:durableId="1778058150">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="72163561">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="20" w16cid:durableId="428546523">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1726561791">
-[...3 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="21" w16cid:durableId="1816530848">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2139756967">
-[...3 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="22" w16cid:durableId="1145899024">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1533105165">
+  <w:num w:numId="23" w16cid:durableId="2101020104">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1442844416">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1599408978">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1114981062">
-[...3 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="26" w16cid:durableId="547492944">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="2029789303">
+  <w:num w:numId="27" w16cid:durableId="1325355709">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1914047850">
-[...15 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="28" w16cid:durableId="1393120208">
+    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006B2E63"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00033E8B"/>
+    <w:rsidRoot w:val="00002AB4"/>
+    <w:rsid w:val="000014B3"/>
+    <w:rsid w:val="000015A8"/>
+    <w:rsid w:val="00001E95"/>
+    <w:rsid w:val="00002AB4"/>
+    <w:rsid w:val="000038DF"/>
+    <w:rsid w:val="00005B3A"/>
+    <w:rsid w:val="00006C51"/>
+    <w:rsid w:val="00014A08"/>
+    <w:rsid w:val="0001537F"/>
+    <w:rsid w:val="00015ECA"/>
+    <w:rsid w:val="00016B33"/>
+    <w:rsid w:val="00021261"/>
+    <w:rsid w:val="000215A4"/>
+    <w:rsid w:val="000217A2"/>
+    <w:rsid w:val="0002262D"/>
+    <w:rsid w:val="0002301D"/>
+    <w:rsid w:val="000234B8"/>
+    <w:rsid w:val="00024431"/>
+    <w:rsid w:val="00025E3A"/>
+    <w:rsid w:val="0002678B"/>
+    <w:rsid w:val="00030080"/>
+    <w:rsid w:val="000301DE"/>
+    <w:rsid w:val="00032451"/>
+    <w:rsid w:val="00035459"/>
+    <w:rsid w:val="0003656A"/>
+    <w:rsid w:val="0003688B"/>
+    <w:rsid w:val="00036919"/>
+    <w:rsid w:val="00036AA0"/>
+    <w:rsid w:val="00037296"/>
+    <w:rsid w:val="0003781D"/>
     <w:rsid w:val="00041610"/>
-    <w:rsid w:val="00050C85"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00094886"/>
+    <w:rsid w:val="00042480"/>
+    <w:rsid w:val="00043904"/>
+    <w:rsid w:val="000439C2"/>
+    <w:rsid w:val="000442D6"/>
+    <w:rsid w:val="00044479"/>
+    <w:rsid w:val="00046836"/>
+    <w:rsid w:val="0004704D"/>
+    <w:rsid w:val="00047610"/>
+    <w:rsid w:val="000476B8"/>
+    <w:rsid w:val="0004798A"/>
+    <w:rsid w:val="00050E5E"/>
+    <w:rsid w:val="00051107"/>
+    <w:rsid w:val="00055D91"/>
+    <w:rsid w:val="00056031"/>
+    <w:rsid w:val="000573B0"/>
+    <w:rsid w:val="00057FD8"/>
+    <w:rsid w:val="000605DA"/>
+    <w:rsid w:val="00062C2F"/>
+    <w:rsid w:val="00063024"/>
+    <w:rsid w:val="00063986"/>
+    <w:rsid w:val="0006455E"/>
+    <w:rsid w:val="00064E87"/>
+    <w:rsid w:val="00065057"/>
+    <w:rsid w:val="00066E6F"/>
+    <w:rsid w:val="00067382"/>
+    <w:rsid w:val="000706C9"/>
+    <w:rsid w:val="0007092D"/>
+    <w:rsid w:val="000715B9"/>
+    <w:rsid w:val="00073149"/>
+    <w:rsid w:val="00077752"/>
+    <w:rsid w:val="00081164"/>
+    <w:rsid w:val="000829D2"/>
+    <w:rsid w:val="00082C31"/>
+    <w:rsid w:val="000857F9"/>
+    <w:rsid w:val="00085A30"/>
+    <w:rsid w:val="000876C0"/>
+    <w:rsid w:val="00090978"/>
+    <w:rsid w:val="00091B7C"/>
+    <w:rsid w:val="000944EA"/>
+    <w:rsid w:val="000956A0"/>
+    <w:rsid w:val="000963FB"/>
+    <w:rsid w:val="000971EC"/>
+    <w:rsid w:val="000973C4"/>
+    <w:rsid w:val="00097900"/>
     <w:rsid w:val="000A0542"/>
-    <w:rsid w:val="000A091D"/>
-[...15 lines deleted...]
-    <w:rsid w:val="000F37E5"/>
+    <w:rsid w:val="000A1B2E"/>
+    <w:rsid w:val="000A5388"/>
+    <w:rsid w:val="000A59AD"/>
+    <w:rsid w:val="000A7542"/>
+    <w:rsid w:val="000B64B0"/>
+    <w:rsid w:val="000B6C7F"/>
+    <w:rsid w:val="000B79FC"/>
+    <w:rsid w:val="000C0757"/>
+    <w:rsid w:val="000C26A9"/>
+    <w:rsid w:val="000C46CD"/>
+    <w:rsid w:val="000D6A26"/>
+    <w:rsid w:val="000D7579"/>
+    <w:rsid w:val="000D7F86"/>
+    <w:rsid w:val="000E0749"/>
+    <w:rsid w:val="000E37CD"/>
+    <w:rsid w:val="000E419C"/>
+    <w:rsid w:val="000E496E"/>
+    <w:rsid w:val="000E5537"/>
+    <w:rsid w:val="000F333E"/>
+    <w:rsid w:val="000F432D"/>
+    <w:rsid w:val="000F6ECE"/>
     <w:rsid w:val="000F78FD"/>
-    <w:rsid w:val="00100CF8"/>
-[...8 lines deleted...]
-    <w:rsid w:val="001449A0"/>
+    <w:rsid w:val="00100EB3"/>
+    <w:rsid w:val="00101FEE"/>
+    <w:rsid w:val="00104CAE"/>
+    <w:rsid w:val="00104F28"/>
+    <w:rsid w:val="001058D0"/>
+    <w:rsid w:val="00106D2B"/>
+    <w:rsid w:val="00107280"/>
+    <w:rsid w:val="00111300"/>
+    <w:rsid w:val="00112655"/>
+    <w:rsid w:val="00114520"/>
+    <w:rsid w:val="00116DAE"/>
+    <w:rsid w:val="001211AB"/>
+    <w:rsid w:val="00121913"/>
+    <w:rsid w:val="001244B1"/>
+    <w:rsid w:val="001249AE"/>
+    <w:rsid w:val="0012599D"/>
+    <w:rsid w:val="00131A39"/>
+    <w:rsid w:val="00135B1B"/>
+    <w:rsid w:val="00135F1B"/>
+    <w:rsid w:val="00136B40"/>
+    <w:rsid w:val="0014192A"/>
+    <w:rsid w:val="00141BF1"/>
+    <w:rsid w:val="00143B6E"/>
+    <w:rsid w:val="00143BE1"/>
+    <w:rsid w:val="00143E13"/>
+    <w:rsid w:val="00144C44"/>
     <w:rsid w:val="00146913"/>
-    <w:rsid w:val="0015095D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="001A31A2"/>
+    <w:rsid w:val="00146D8F"/>
+    <w:rsid w:val="001477FE"/>
+    <w:rsid w:val="0015186A"/>
+    <w:rsid w:val="001527F4"/>
+    <w:rsid w:val="00153816"/>
+    <w:rsid w:val="001539FD"/>
+    <w:rsid w:val="00156BB2"/>
+    <w:rsid w:val="001613C4"/>
+    <w:rsid w:val="00161DF5"/>
+    <w:rsid w:val="00162C90"/>
+    <w:rsid w:val="00162E05"/>
+    <w:rsid w:val="001651C8"/>
+    <w:rsid w:val="00165542"/>
+    <w:rsid w:val="00165E4D"/>
+    <w:rsid w:val="00165F9F"/>
+    <w:rsid w:val="001671B3"/>
+    <w:rsid w:val="00170808"/>
+    <w:rsid w:val="001715CA"/>
+    <w:rsid w:val="0017288F"/>
+    <w:rsid w:val="00172F8F"/>
+    <w:rsid w:val="00174F8D"/>
+    <w:rsid w:val="00176756"/>
+    <w:rsid w:val="00181D78"/>
+    <w:rsid w:val="00183CE8"/>
+    <w:rsid w:val="00185234"/>
+    <w:rsid w:val="0018564B"/>
+    <w:rsid w:val="001857D4"/>
+    <w:rsid w:val="00186BEC"/>
+    <w:rsid w:val="001872C7"/>
+    <w:rsid w:val="00187EFB"/>
+    <w:rsid w:val="00190EB3"/>
+    <w:rsid w:val="00196517"/>
+    <w:rsid w:val="0019739B"/>
+    <w:rsid w:val="001973EB"/>
+    <w:rsid w:val="001979F5"/>
+    <w:rsid w:val="00197C78"/>
+    <w:rsid w:val="001A08F1"/>
+    <w:rsid w:val="001A10D0"/>
+    <w:rsid w:val="001A1EF1"/>
+    <w:rsid w:val="001A2DC9"/>
+    <w:rsid w:val="001A5359"/>
     <w:rsid w:val="001A5373"/>
+    <w:rsid w:val="001A61B9"/>
     <w:rsid w:val="001A6302"/>
-    <w:rsid w:val="001B7B2D"/>
-[...55 lines deleted...]
-    <w:rsid w:val="00341916"/>
+    <w:rsid w:val="001A6FF3"/>
+    <w:rsid w:val="001A743B"/>
+    <w:rsid w:val="001A7D1B"/>
+    <w:rsid w:val="001B00A5"/>
+    <w:rsid w:val="001B78FE"/>
+    <w:rsid w:val="001C10EB"/>
+    <w:rsid w:val="001C115F"/>
+    <w:rsid w:val="001C3412"/>
+    <w:rsid w:val="001C3547"/>
+    <w:rsid w:val="001C3855"/>
+    <w:rsid w:val="001C643F"/>
+    <w:rsid w:val="001C6C81"/>
+    <w:rsid w:val="001C792B"/>
+    <w:rsid w:val="001C7F63"/>
+    <w:rsid w:val="001D1230"/>
+    <w:rsid w:val="001D3389"/>
+    <w:rsid w:val="001D5B07"/>
+    <w:rsid w:val="001D5F66"/>
+    <w:rsid w:val="001D6DE4"/>
+    <w:rsid w:val="001E0749"/>
+    <w:rsid w:val="001E240E"/>
+    <w:rsid w:val="001E329C"/>
+    <w:rsid w:val="001E46B6"/>
+    <w:rsid w:val="001E608A"/>
+    <w:rsid w:val="001F06B4"/>
+    <w:rsid w:val="001F0E29"/>
+    <w:rsid w:val="001F686E"/>
+    <w:rsid w:val="001F7ED7"/>
+    <w:rsid w:val="002001F9"/>
+    <w:rsid w:val="0020072F"/>
+    <w:rsid w:val="002015CC"/>
+    <w:rsid w:val="00202614"/>
+    <w:rsid w:val="002036E0"/>
+    <w:rsid w:val="0020552A"/>
+    <w:rsid w:val="00205C4E"/>
+    <w:rsid w:val="00210687"/>
+    <w:rsid w:val="00211011"/>
+    <w:rsid w:val="00211F58"/>
+    <w:rsid w:val="002126A3"/>
+    <w:rsid w:val="00212CA0"/>
+    <w:rsid w:val="00213816"/>
+    <w:rsid w:val="0021465C"/>
+    <w:rsid w:val="0021519A"/>
+    <w:rsid w:val="002156BF"/>
+    <w:rsid w:val="002164B8"/>
+    <w:rsid w:val="002172E5"/>
+    <w:rsid w:val="00220227"/>
+    <w:rsid w:val="00220538"/>
+    <w:rsid w:val="00220D51"/>
+    <w:rsid w:val="00221036"/>
+    <w:rsid w:val="002220FF"/>
+    <w:rsid w:val="0022260E"/>
+    <w:rsid w:val="00223989"/>
+    <w:rsid w:val="002241D9"/>
+    <w:rsid w:val="00224CFA"/>
+    <w:rsid w:val="00225258"/>
+    <w:rsid w:val="0022580D"/>
+    <w:rsid w:val="00225E57"/>
+    <w:rsid w:val="00226888"/>
+    <w:rsid w:val="00231845"/>
+    <w:rsid w:val="002336B0"/>
+    <w:rsid w:val="00234051"/>
+    <w:rsid w:val="002340F7"/>
+    <w:rsid w:val="002352F8"/>
+    <w:rsid w:val="002373ED"/>
+    <w:rsid w:val="00237954"/>
+    <w:rsid w:val="00240DB3"/>
+    <w:rsid w:val="00242769"/>
+    <w:rsid w:val="00242E11"/>
+    <w:rsid w:val="00243D3A"/>
+    <w:rsid w:val="00246B63"/>
+    <w:rsid w:val="00246BCE"/>
+    <w:rsid w:val="00246E3E"/>
+    <w:rsid w:val="002474E2"/>
+    <w:rsid w:val="00250AFC"/>
+    <w:rsid w:val="00250C07"/>
+    <w:rsid w:val="002527E7"/>
+    <w:rsid w:val="002543A3"/>
+    <w:rsid w:val="002545B0"/>
+    <w:rsid w:val="0025478E"/>
+    <w:rsid w:val="0026296D"/>
+    <w:rsid w:val="00264D6B"/>
+    <w:rsid w:val="002651AF"/>
+    <w:rsid w:val="002670B1"/>
+    <w:rsid w:val="002706E8"/>
+    <w:rsid w:val="00270D16"/>
+    <w:rsid w:val="00270E27"/>
+    <w:rsid w:val="00273533"/>
+    <w:rsid w:val="002772A4"/>
+    <w:rsid w:val="00277EF4"/>
+    <w:rsid w:val="00280707"/>
+    <w:rsid w:val="00280D74"/>
+    <w:rsid w:val="00281482"/>
+    <w:rsid w:val="00281A69"/>
+    <w:rsid w:val="00281B42"/>
+    <w:rsid w:val="002821BB"/>
+    <w:rsid w:val="002823B8"/>
+    <w:rsid w:val="002838DF"/>
+    <w:rsid w:val="00283D4D"/>
+    <w:rsid w:val="002850FF"/>
+    <w:rsid w:val="002852F6"/>
+    <w:rsid w:val="00286A40"/>
+    <w:rsid w:val="00290C56"/>
+    <w:rsid w:val="002915DE"/>
+    <w:rsid w:val="002918FF"/>
+    <w:rsid w:val="00291C09"/>
+    <w:rsid w:val="00292372"/>
+    <w:rsid w:val="00292763"/>
+    <w:rsid w:val="00292F84"/>
+    <w:rsid w:val="00293801"/>
+    <w:rsid w:val="00294CC9"/>
+    <w:rsid w:val="00295119"/>
+    <w:rsid w:val="00295AE2"/>
+    <w:rsid w:val="002973F2"/>
+    <w:rsid w:val="002A1A60"/>
+    <w:rsid w:val="002A1B3A"/>
+    <w:rsid w:val="002A26AC"/>
+    <w:rsid w:val="002A2A9D"/>
+    <w:rsid w:val="002A2CB8"/>
+    <w:rsid w:val="002A402C"/>
+    <w:rsid w:val="002A4F41"/>
+    <w:rsid w:val="002A6E9B"/>
+    <w:rsid w:val="002B2649"/>
+    <w:rsid w:val="002B47B1"/>
+    <w:rsid w:val="002B47CC"/>
+    <w:rsid w:val="002B5048"/>
+    <w:rsid w:val="002B5B25"/>
+    <w:rsid w:val="002B6563"/>
+    <w:rsid w:val="002C0BD9"/>
+    <w:rsid w:val="002C5243"/>
+    <w:rsid w:val="002D4C3B"/>
+    <w:rsid w:val="002D62AB"/>
+    <w:rsid w:val="002D6D7A"/>
+    <w:rsid w:val="002E60B2"/>
+    <w:rsid w:val="002E764A"/>
+    <w:rsid w:val="002E7AE0"/>
+    <w:rsid w:val="002E7BB0"/>
+    <w:rsid w:val="002E7E5C"/>
+    <w:rsid w:val="002F0177"/>
+    <w:rsid w:val="002F385B"/>
+    <w:rsid w:val="002F46E1"/>
+    <w:rsid w:val="002F47C2"/>
+    <w:rsid w:val="002F5420"/>
+    <w:rsid w:val="002F5EFE"/>
+    <w:rsid w:val="0030113E"/>
+    <w:rsid w:val="0030248C"/>
+    <w:rsid w:val="00302FF4"/>
+    <w:rsid w:val="0031053D"/>
+    <w:rsid w:val="00310C6F"/>
+    <w:rsid w:val="00312F59"/>
+    <w:rsid w:val="00313C9D"/>
+    <w:rsid w:val="00313CA5"/>
+    <w:rsid w:val="00313FD4"/>
+    <w:rsid w:val="003145AC"/>
+    <w:rsid w:val="00323845"/>
+    <w:rsid w:val="00323D8E"/>
+    <w:rsid w:val="00324002"/>
+    <w:rsid w:val="00327366"/>
+    <w:rsid w:val="00327525"/>
+    <w:rsid w:val="00330219"/>
+    <w:rsid w:val="00331947"/>
+    <w:rsid w:val="0033284A"/>
+    <w:rsid w:val="00333204"/>
+    <w:rsid w:val="00333725"/>
+    <w:rsid w:val="003349E1"/>
+    <w:rsid w:val="003368D5"/>
+    <w:rsid w:val="00337054"/>
+    <w:rsid w:val="00337AB4"/>
     <w:rsid w:val="00342990"/>
-    <w:rsid w:val="00342A55"/>
-[...18 lines deleted...]
-    <w:rsid w:val="003C4913"/>
+    <w:rsid w:val="003475B9"/>
+    <w:rsid w:val="0035173F"/>
+    <w:rsid w:val="0035457E"/>
+    <w:rsid w:val="00354EEC"/>
+    <w:rsid w:val="003560FC"/>
+    <w:rsid w:val="00356343"/>
+    <w:rsid w:val="00356640"/>
+    <w:rsid w:val="00356FAC"/>
+    <w:rsid w:val="003609F4"/>
+    <w:rsid w:val="003619AF"/>
+    <w:rsid w:val="003635B1"/>
+    <w:rsid w:val="00363F23"/>
+    <w:rsid w:val="003664A8"/>
+    <w:rsid w:val="0036771F"/>
+    <w:rsid w:val="00371178"/>
+    <w:rsid w:val="0037353E"/>
+    <w:rsid w:val="003742FF"/>
+    <w:rsid w:val="00376EFF"/>
+    <w:rsid w:val="00377018"/>
+    <w:rsid w:val="00377CD5"/>
+    <w:rsid w:val="003807F5"/>
+    <w:rsid w:val="003822EE"/>
+    <w:rsid w:val="00382D8F"/>
+    <w:rsid w:val="003872F9"/>
+    <w:rsid w:val="00390943"/>
+    <w:rsid w:val="00391225"/>
+    <w:rsid w:val="003926CB"/>
+    <w:rsid w:val="00392F8A"/>
+    <w:rsid w:val="00393046"/>
+    <w:rsid w:val="0039327F"/>
+    <w:rsid w:val="00393DCC"/>
+    <w:rsid w:val="00393FC6"/>
+    <w:rsid w:val="003943C0"/>
+    <w:rsid w:val="0039498E"/>
+    <w:rsid w:val="00395B24"/>
+    <w:rsid w:val="003970CB"/>
+    <w:rsid w:val="003A21B0"/>
+    <w:rsid w:val="003A2E25"/>
+    <w:rsid w:val="003A4AFC"/>
+    <w:rsid w:val="003A532A"/>
+    <w:rsid w:val="003A5E83"/>
+    <w:rsid w:val="003A684C"/>
+    <w:rsid w:val="003A6DD2"/>
+    <w:rsid w:val="003B281F"/>
+    <w:rsid w:val="003B4AD8"/>
+    <w:rsid w:val="003B5356"/>
+    <w:rsid w:val="003C0026"/>
+    <w:rsid w:val="003C0F15"/>
+    <w:rsid w:val="003C16BE"/>
+    <w:rsid w:val="003C2146"/>
+    <w:rsid w:val="003C4BEE"/>
+    <w:rsid w:val="003C4D94"/>
     <w:rsid w:val="003C4F18"/>
-    <w:rsid w:val="003C4F43"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003F5C0A"/>
+    <w:rsid w:val="003C5BB4"/>
+    <w:rsid w:val="003C601C"/>
+    <w:rsid w:val="003C6859"/>
+    <w:rsid w:val="003C7F8E"/>
+    <w:rsid w:val="003D049D"/>
+    <w:rsid w:val="003D0921"/>
+    <w:rsid w:val="003D2312"/>
+    <w:rsid w:val="003D2CBC"/>
+    <w:rsid w:val="003D3D79"/>
+    <w:rsid w:val="003D4280"/>
+    <w:rsid w:val="003D68CF"/>
+    <w:rsid w:val="003D723E"/>
+    <w:rsid w:val="003D7747"/>
+    <w:rsid w:val="003E0029"/>
+    <w:rsid w:val="003E47DC"/>
+    <w:rsid w:val="003E6B02"/>
+    <w:rsid w:val="003E7449"/>
+    <w:rsid w:val="003F0872"/>
+    <w:rsid w:val="003F46A9"/>
+    <w:rsid w:val="003F551C"/>
+    <w:rsid w:val="003F63D2"/>
+    <w:rsid w:val="003F672A"/>
     <w:rsid w:val="003F69DC"/>
-    <w:rsid w:val="0040033C"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00444E00"/>
+    <w:rsid w:val="003F7603"/>
+    <w:rsid w:val="0040083B"/>
+    <w:rsid w:val="004015A7"/>
+    <w:rsid w:val="004021E8"/>
+    <w:rsid w:val="00402595"/>
+    <w:rsid w:val="00402927"/>
+    <w:rsid w:val="00403AE1"/>
+    <w:rsid w:val="00404879"/>
+    <w:rsid w:val="004076C1"/>
+    <w:rsid w:val="004079FD"/>
+    <w:rsid w:val="00410E87"/>
+    <w:rsid w:val="00411A3D"/>
+    <w:rsid w:val="004131F1"/>
+    <w:rsid w:val="00413F0F"/>
+    <w:rsid w:val="00414358"/>
+    <w:rsid w:val="00414D89"/>
+    <w:rsid w:val="00415361"/>
+    <w:rsid w:val="00420526"/>
+    <w:rsid w:val="004216C6"/>
+    <w:rsid w:val="004216CA"/>
+    <w:rsid w:val="00421FF7"/>
+    <w:rsid w:val="004228C0"/>
+    <w:rsid w:val="004233F8"/>
+    <w:rsid w:val="00424E99"/>
+    <w:rsid w:val="00424F88"/>
+    <w:rsid w:val="00426142"/>
+    <w:rsid w:val="004269B7"/>
+    <w:rsid w:val="004269F5"/>
+    <w:rsid w:val="00426E5A"/>
+    <w:rsid w:val="00427EE9"/>
+    <w:rsid w:val="00427FC9"/>
+    <w:rsid w:val="004300BA"/>
+    <w:rsid w:val="00430389"/>
+    <w:rsid w:val="00433C9D"/>
+    <w:rsid w:val="00434626"/>
+    <w:rsid w:val="0043529F"/>
+    <w:rsid w:val="004354F2"/>
+    <w:rsid w:val="00436C1A"/>
+    <w:rsid w:val="00437FDB"/>
+    <w:rsid w:val="00440C0F"/>
+    <w:rsid w:val="00442F52"/>
     <w:rsid w:val="00445EF6"/>
-    <w:rsid w:val="00446062"/>
-[...4 lines deleted...]
-    <w:rsid w:val="004674C3"/>
+    <w:rsid w:val="004479EC"/>
+    <w:rsid w:val="00451BE9"/>
+    <w:rsid w:val="00453FF8"/>
+    <w:rsid w:val="00454DC4"/>
+    <w:rsid w:val="00457D8D"/>
+    <w:rsid w:val="00461C53"/>
+    <w:rsid w:val="00463D8B"/>
+    <w:rsid w:val="0046441D"/>
+    <w:rsid w:val="00464C07"/>
+    <w:rsid w:val="004656F3"/>
+    <w:rsid w:val="00466A34"/>
+    <w:rsid w:val="004672E5"/>
+    <w:rsid w:val="00470656"/>
+    <w:rsid w:val="00470C39"/>
+    <w:rsid w:val="00472655"/>
+    <w:rsid w:val="00473A7A"/>
+    <w:rsid w:val="00474421"/>
+    <w:rsid w:val="00474F13"/>
+    <w:rsid w:val="004759E6"/>
+    <w:rsid w:val="004760B5"/>
+    <w:rsid w:val="004764AC"/>
     <w:rsid w:val="004776DB"/>
-    <w:rsid w:val="00480BE4"/>
-[...12 lines deleted...]
-    <w:rsid w:val="004D15B5"/>
+    <w:rsid w:val="00480E09"/>
+    <w:rsid w:val="004815FD"/>
+    <w:rsid w:val="004824D9"/>
+    <w:rsid w:val="004826F8"/>
+    <w:rsid w:val="00482DA9"/>
+    <w:rsid w:val="0048360C"/>
+    <w:rsid w:val="00485D20"/>
+    <w:rsid w:val="004864AC"/>
+    <w:rsid w:val="0048658B"/>
+    <w:rsid w:val="00486926"/>
+    <w:rsid w:val="00487725"/>
+    <w:rsid w:val="004916CF"/>
+    <w:rsid w:val="004917B1"/>
+    <w:rsid w:val="00491DDB"/>
+    <w:rsid w:val="00492530"/>
+    <w:rsid w:val="00492A23"/>
+    <w:rsid w:val="00492B0C"/>
+    <w:rsid w:val="004945E4"/>
+    <w:rsid w:val="004953E6"/>
+    <w:rsid w:val="0049568C"/>
+    <w:rsid w:val="0049744F"/>
+    <w:rsid w:val="004A03F5"/>
+    <w:rsid w:val="004A1281"/>
+    <w:rsid w:val="004A1742"/>
+    <w:rsid w:val="004A27DC"/>
+    <w:rsid w:val="004A4C3D"/>
+    <w:rsid w:val="004A741C"/>
+    <w:rsid w:val="004B08A4"/>
+    <w:rsid w:val="004B1700"/>
+    <w:rsid w:val="004B1C40"/>
+    <w:rsid w:val="004B21EA"/>
+    <w:rsid w:val="004B2AF4"/>
+    <w:rsid w:val="004B4A40"/>
+    <w:rsid w:val="004B69E0"/>
+    <w:rsid w:val="004B7376"/>
+    <w:rsid w:val="004B77B0"/>
+    <w:rsid w:val="004C05E6"/>
+    <w:rsid w:val="004C0682"/>
+    <w:rsid w:val="004C0CA7"/>
+    <w:rsid w:val="004C16D9"/>
+    <w:rsid w:val="004C2880"/>
+    <w:rsid w:val="004C3852"/>
+    <w:rsid w:val="004C3919"/>
+    <w:rsid w:val="004C3EAD"/>
+    <w:rsid w:val="004C40A4"/>
+    <w:rsid w:val="004C542C"/>
+    <w:rsid w:val="004D10C4"/>
+    <w:rsid w:val="004D1621"/>
     <w:rsid w:val="004D29DF"/>
-    <w:rsid w:val="004D73FB"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00501B93"/>
+    <w:rsid w:val="004D4123"/>
+    <w:rsid w:val="004D45C8"/>
+    <w:rsid w:val="004D4938"/>
+    <w:rsid w:val="004D4EC0"/>
+    <w:rsid w:val="004D7BCA"/>
+    <w:rsid w:val="004E1177"/>
+    <w:rsid w:val="004E2718"/>
+    <w:rsid w:val="004E354F"/>
+    <w:rsid w:val="004E363F"/>
+    <w:rsid w:val="004E4402"/>
+    <w:rsid w:val="004E65DF"/>
+    <w:rsid w:val="004E73B9"/>
+    <w:rsid w:val="004E79C7"/>
+    <w:rsid w:val="004F09CE"/>
+    <w:rsid w:val="004F14BE"/>
+    <w:rsid w:val="004F3509"/>
+    <w:rsid w:val="004F41AB"/>
+    <w:rsid w:val="004F4BC9"/>
+    <w:rsid w:val="0050139B"/>
     <w:rsid w:val="00503204"/>
-    <w:rsid w:val="00516C16"/>
-[...27 lines deleted...]
-    <w:rsid w:val="005966D8"/>
+    <w:rsid w:val="00504C79"/>
+    <w:rsid w:val="0050588F"/>
+    <w:rsid w:val="0050672D"/>
+    <w:rsid w:val="00514E4C"/>
+    <w:rsid w:val="005154D7"/>
+    <w:rsid w:val="00515EF3"/>
+    <w:rsid w:val="00520E2D"/>
+    <w:rsid w:val="005214BA"/>
+    <w:rsid w:val="00521D71"/>
+    <w:rsid w:val="0052282E"/>
+    <w:rsid w:val="00523640"/>
+    <w:rsid w:val="005237AE"/>
+    <w:rsid w:val="0052464E"/>
+    <w:rsid w:val="005254F0"/>
+    <w:rsid w:val="00526143"/>
+    <w:rsid w:val="005261D2"/>
+    <w:rsid w:val="00526801"/>
+    <w:rsid w:val="00531470"/>
+    <w:rsid w:val="00533081"/>
+    <w:rsid w:val="005366DE"/>
+    <w:rsid w:val="00537E3E"/>
+    <w:rsid w:val="0054009C"/>
+    <w:rsid w:val="00544263"/>
+    <w:rsid w:val="005458BE"/>
+    <w:rsid w:val="005472C0"/>
+    <w:rsid w:val="00550BA0"/>
+    <w:rsid w:val="00551911"/>
+    <w:rsid w:val="0055194C"/>
+    <w:rsid w:val="00551AF3"/>
+    <w:rsid w:val="00551BD8"/>
+    <w:rsid w:val="00552514"/>
+    <w:rsid w:val="005526DC"/>
+    <w:rsid w:val="00552CEB"/>
+    <w:rsid w:val="0055447B"/>
+    <w:rsid w:val="00554542"/>
+    <w:rsid w:val="00554750"/>
+    <w:rsid w:val="00554D26"/>
+    <w:rsid w:val="00555553"/>
+    <w:rsid w:val="00555FC9"/>
+    <w:rsid w:val="0055616B"/>
+    <w:rsid w:val="00556972"/>
+    <w:rsid w:val="00557449"/>
+    <w:rsid w:val="00560A00"/>
+    <w:rsid w:val="00560DAC"/>
+    <w:rsid w:val="00561F22"/>
+    <w:rsid w:val="00565621"/>
+    <w:rsid w:val="0056591D"/>
+    <w:rsid w:val="00565CED"/>
+    <w:rsid w:val="005665F3"/>
+    <w:rsid w:val="0057122C"/>
+    <w:rsid w:val="005714A7"/>
+    <w:rsid w:val="00574B36"/>
+    <w:rsid w:val="00575C4A"/>
+    <w:rsid w:val="0058042C"/>
+    <w:rsid w:val="00581DE2"/>
+    <w:rsid w:val="00582A6D"/>
+    <w:rsid w:val="0058324F"/>
+    <w:rsid w:val="00583283"/>
+    <w:rsid w:val="0058430B"/>
+    <w:rsid w:val="005862C1"/>
+    <w:rsid w:val="0058773F"/>
+    <w:rsid w:val="00590628"/>
+    <w:rsid w:val="00590AE1"/>
+    <w:rsid w:val="0059252C"/>
+    <w:rsid w:val="00592615"/>
+    <w:rsid w:val="00592941"/>
+    <w:rsid w:val="00592BED"/>
+    <w:rsid w:val="00593560"/>
+    <w:rsid w:val="00594D0C"/>
+    <w:rsid w:val="0059536C"/>
+    <w:rsid w:val="00595B7A"/>
+    <w:rsid w:val="00597F5F"/>
+    <w:rsid w:val="005A0140"/>
+    <w:rsid w:val="005A02CB"/>
     <w:rsid w:val="005A150F"/>
-    <w:rsid w:val="005A18B5"/>
-[...44 lines deleted...]
-    <w:rsid w:val="006A6F68"/>
+    <w:rsid w:val="005A4D79"/>
+    <w:rsid w:val="005A5616"/>
+    <w:rsid w:val="005A7A74"/>
+    <w:rsid w:val="005B27D5"/>
+    <w:rsid w:val="005B2B68"/>
+    <w:rsid w:val="005B69F1"/>
+    <w:rsid w:val="005B75F5"/>
+    <w:rsid w:val="005B7F23"/>
+    <w:rsid w:val="005C2C04"/>
+    <w:rsid w:val="005C56ED"/>
+    <w:rsid w:val="005D0293"/>
+    <w:rsid w:val="005D26D1"/>
+    <w:rsid w:val="005D2D21"/>
+    <w:rsid w:val="005D58BC"/>
+    <w:rsid w:val="005D7C1A"/>
+    <w:rsid w:val="005E0B1E"/>
+    <w:rsid w:val="005E14FA"/>
+    <w:rsid w:val="005E1FD0"/>
+    <w:rsid w:val="005E24F8"/>
+    <w:rsid w:val="005E35FA"/>
+    <w:rsid w:val="005E5595"/>
+    <w:rsid w:val="005E58C4"/>
+    <w:rsid w:val="005E7F52"/>
+    <w:rsid w:val="005F0776"/>
+    <w:rsid w:val="005F19F5"/>
+    <w:rsid w:val="005F1BED"/>
+    <w:rsid w:val="005F28AF"/>
+    <w:rsid w:val="005F436B"/>
+    <w:rsid w:val="005F5C53"/>
+    <w:rsid w:val="005F76D9"/>
+    <w:rsid w:val="005F77C7"/>
+    <w:rsid w:val="00602868"/>
+    <w:rsid w:val="00602AA5"/>
+    <w:rsid w:val="006042A3"/>
+    <w:rsid w:val="00604795"/>
+    <w:rsid w:val="0060685C"/>
+    <w:rsid w:val="00607BB7"/>
+    <w:rsid w:val="006128C4"/>
+    <w:rsid w:val="00612A61"/>
+    <w:rsid w:val="00613723"/>
+    <w:rsid w:val="00613EDB"/>
+    <w:rsid w:val="00615D6D"/>
+    <w:rsid w:val="00615E91"/>
+    <w:rsid w:val="00620027"/>
+    <w:rsid w:val="0062043F"/>
+    <w:rsid w:val="0062288D"/>
+    <w:rsid w:val="006246DF"/>
+    <w:rsid w:val="0062548D"/>
+    <w:rsid w:val="00626D8A"/>
+    <w:rsid w:val="00627888"/>
+    <w:rsid w:val="00627D3A"/>
+    <w:rsid w:val="00627ED9"/>
+    <w:rsid w:val="0063110C"/>
+    <w:rsid w:val="00631C7D"/>
+    <w:rsid w:val="0063696B"/>
+    <w:rsid w:val="006404A1"/>
+    <w:rsid w:val="00640C69"/>
+    <w:rsid w:val="00642BB1"/>
+    <w:rsid w:val="00642EF2"/>
+    <w:rsid w:val="0064416E"/>
+    <w:rsid w:val="006447F7"/>
+    <w:rsid w:val="00644C93"/>
+    <w:rsid w:val="006462D7"/>
+    <w:rsid w:val="00650A8F"/>
+    <w:rsid w:val="00652178"/>
+    <w:rsid w:val="00652F68"/>
+    <w:rsid w:val="006534CE"/>
+    <w:rsid w:val="00654E81"/>
+    <w:rsid w:val="00654FAE"/>
+    <w:rsid w:val="00657DDE"/>
+    <w:rsid w:val="0066005F"/>
+    <w:rsid w:val="00661F78"/>
+    <w:rsid w:val="0066260D"/>
+    <w:rsid w:val="00664BDB"/>
+    <w:rsid w:val="006651AA"/>
+    <w:rsid w:val="0066769B"/>
+    <w:rsid w:val="00671AFE"/>
+    <w:rsid w:val="00671DE1"/>
+    <w:rsid w:val="00672422"/>
+    <w:rsid w:val="00675957"/>
+    <w:rsid w:val="00675E2B"/>
+    <w:rsid w:val="006764DD"/>
+    <w:rsid w:val="0068316D"/>
+    <w:rsid w:val="00686240"/>
+    <w:rsid w:val="0068658F"/>
+    <w:rsid w:val="0068779F"/>
+    <w:rsid w:val="00691EE3"/>
+    <w:rsid w:val="0069298B"/>
+    <w:rsid w:val="00695542"/>
+    <w:rsid w:val="00696417"/>
+    <w:rsid w:val="006979DA"/>
+    <w:rsid w:val="006A0A1C"/>
+    <w:rsid w:val="006A55CC"/>
+    <w:rsid w:val="006A5F90"/>
+    <w:rsid w:val="006A6F1C"/>
     <w:rsid w:val="006A7EC3"/>
-    <w:rsid w:val="006B09D8"/>
-[...6 lines deleted...]
-    <w:rsid w:val="006D3ED3"/>
+    <w:rsid w:val="006A7FE8"/>
+    <w:rsid w:val="006B2CCF"/>
+    <w:rsid w:val="006B30B7"/>
+    <w:rsid w:val="006B66A6"/>
+    <w:rsid w:val="006B6DA2"/>
+    <w:rsid w:val="006C00DC"/>
+    <w:rsid w:val="006C2BE1"/>
+    <w:rsid w:val="006C5542"/>
+    <w:rsid w:val="006C62D1"/>
+    <w:rsid w:val="006C6EEB"/>
+    <w:rsid w:val="006C774F"/>
+    <w:rsid w:val="006D1BC2"/>
+    <w:rsid w:val="006D249A"/>
+    <w:rsid w:val="006D2F5B"/>
+    <w:rsid w:val="006D2F5E"/>
+    <w:rsid w:val="006D3681"/>
+    <w:rsid w:val="006D583A"/>
+    <w:rsid w:val="006D621C"/>
+    <w:rsid w:val="006D7499"/>
     <w:rsid w:val="006E07E5"/>
-    <w:rsid w:val="006E4CCE"/>
-[...28 lines deleted...]
-    <w:rsid w:val="007B14F0"/>
+    <w:rsid w:val="006E1C7F"/>
+    <w:rsid w:val="006E4A68"/>
+    <w:rsid w:val="006E4B02"/>
+    <w:rsid w:val="006E66F5"/>
+    <w:rsid w:val="006E6C83"/>
+    <w:rsid w:val="006F1C72"/>
+    <w:rsid w:val="006F260F"/>
+    <w:rsid w:val="006F536D"/>
+    <w:rsid w:val="006F599B"/>
+    <w:rsid w:val="006F739E"/>
+    <w:rsid w:val="006F74CB"/>
+    <w:rsid w:val="006F7814"/>
+    <w:rsid w:val="00701A58"/>
+    <w:rsid w:val="007049B3"/>
+    <w:rsid w:val="00704A8A"/>
+    <w:rsid w:val="00707F8D"/>
+    <w:rsid w:val="00710573"/>
+    <w:rsid w:val="0071104C"/>
+    <w:rsid w:val="00712B3D"/>
+    <w:rsid w:val="0071420A"/>
+    <w:rsid w:val="00714C38"/>
+    <w:rsid w:val="00714E2C"/>
+    <w:rsid w:val="0071650F"/>
+    <w:rsid w:val="00717BCC"/>
+    <w:rsid w:val="00720416"/>
+    <w:rsid w:val="00720760"/>
+    <w:rsid w:val="007227F9"/>
+    <w:rsid w:val="00723105"/>
+    <w:rsid w:val="00725421"/>
+    <w:rsid w:val="00731129"/>
+    <w:rsid w:val="007326D9"/>
+    <w:rsid w:val="00733931"/>
+    <w:rsid w:val="00736B76"/>
+    <w:rsid w:val="00737A44"/>
+    <w:rsid w:val="00737C69"/>
+    <w:rsid w:val="00742200"/>
+    <w:rsid w:val="00742E65"/>
+    <w:rsid w:val="007430D6"/>
+    <w:rsid w:val="00743C3A"/>
+    <w:rsid w:val="0074583B"/>
+    <w:rsid w:val="00745FBF"/>
+    <w:rsid w:val="00746916"/>
+    <w:rsid w:val="00750973"/>
+    <w:rsid w:val="00750F84"/>
+    <w:rsid w:val="007520FC"/>
+    <w:rsid w:val="0075317C"/>
+    <w:rsid w:val="00753475"/>
+    <w:rsid w:val="00756107"/>
+    <w:rsid w:val="007563DD"/>
+    <w:rsid w:val="00756C1F"/>
+    <w:rsid w:val="0076049A"/>
+    <w:rsid w:val="00760940"/>
+    <w:rsid w:val="007617A3"/>
+    <w:rsid w:val="007619EF"/>
+    <w:rsid w:val="00763CAD"/>
+    <w:rsid w:val="0076570E"/>
+    <w:rsid w:val="00766779"/>
+    <w:rsid w:val="0077118A"/>
+    <w:rsid w:val="007711F1"/>
+    <w:rsid w:val="007726EB"/>
+    <w:rsid w:val="007741A5"/>
+    <w:rsid w:val="00775781"/>
+    <w:rsid w:val="0077598F"/>
+    <w:rsid w:val="00777D8C"/>
+    <w:rsid w:val="00781482"/>
+    <w:rsid w:val="00781559"/>
+    <w:rsid w:val="00784295"/>
+    <w:rsid w:val="00784400"/>
+    <w:rsid w:val="00784BC8"/>
+    <w:rsid w:val="00784D63"/>
+    <w:rsid w:val="00785F8A"/>
+    <w:rsid w:val="007870B9"/>
+    <w:rsid w:val="007958A3"/>
+    <w:rsid w:val="00795E95"/>
+    <w:rsid w:val="007962BB"/>
+    <w:rsid w:val="00797233"/>
+    <w:rsid w:val="007A229E"/>
+    <w:rsid w:val="007A3648"/>
+    <w:rsid w:val="007A7593"/>
+    <w:rsid w:val="007A7BE5"/>
+    <w:rsid w:val="007B10C2"/>
+    <w:rsid w:val="007B3702"/>
+    <w:rsid w:val="007B3C4D"/>
+    <w:rsid w:val="007B6C3F"/>
+    <w:rsid w:val="007B7347"/>
+    <w:rsid w:val="007B7E96"/>
+    <w:rsid w:val="007C007C"/>
+    <w:rsid w:val="007C0B9C"/>
     <w:rsid w:val="007C2291"/>
-    <w:rsid w:val="007C556F"/>
-[...35 lines deleted...]
-    <w:rsid w:val="008D1983"/>
+    <w:rsid w:val="007C47E4"/>
+    <w:rsid w:val="007C485A"/>
+    <w:rsid w:val="007C78A7"/>
+    <w:rsid w:val="007D0566"/>
+    <w:rsid w:val="007D185B"/>
+    <w:rsid w:val="007D1A55"/>
+    <w:rsid w:val="007D29F0"/>
+    <w:rsid w:val="007D3F4F"/>
+    <w:rsid w:val="007D43C3"/>
+    <w:rsid w:val="007D4D6D"/>
+    <w:rsid w:val="007D5654"/>
+    <w:rsid w:val="007D68C3"/>
+    <w:rsid w:val="007D7EC9"/>
+    <w:rsid w:val="007E41C3"/>
+    <w:rsid w:val="007F01DF"/>
+    <w:rsid w:val="007F02D1"/>
+    <w:rsid w:val="007F2B01"/>
+    <w:rsid w:val="007F2B8A"/>
+    <w:rsid w:val="007F2DFB"/>
+    <w:rsid w:val="007F6688"/>
+    <w:rsid w:val="007F6A4D"/>
+    <w:rsid w:val="008001E8"/>
+    <w:rsid w:val="0080047F"/>
+    <w:rsid w:val="0080058D"/>
+    <w:rsid w:val="00800C12"/>
+    <w:rsid w:val="00801880"/>
+    <w:rsid w:val="00802EA9"/>
+    <w:rsid w:val="00805CFD"/>
+    <w:rsid w:val="00805DEC"/>
+    <w:rsid w:val="00806B79"/>
+    <w:rsid w:val="00812024"/>
+    <w:rsid w:val="008136C2"/>
+    <w:rsid w:val="008154A7"/>
+    <w:rsid w:val="00815F63"/>
+    <w:rsid w:val="0081613C"/>
+    <w:rsid w:val="00820228"/>
+    <w:rsid w:val="00820CBC"/>
+    <w:rsid w:val="008218E0"/>
+    <w:rsid w:val="00821962"/>
+    <w:rsid w:val="0082265A"/>
+    <w:rsid w:val="00823A8F"/>
+    <w:rsid w:val="0082482C"/>
+    <w:rsid w:val="008248AA"/>
+    <w:rsid w:val="00826521"/>
+    <w:rsid w:val="008270EC"/>
+    <w:rsid w:val="0083143F"/>
+    <w:rsid w:val="00833354"/>
+    <w:rsid w:val="008339FF"/>
+    <w:rsid w:val="00834824"/>
+    <w:rsid w:val="00835098"/>
+    <w:rsid w:val="00837C5A"/>
+    <w:rsid w:val="0084125F"/>
+    <w:rsid w:val="00842EDC"/>
+    <w:rsid w:val="00843CB9"/>
+    <w:rsid w:val="0084481E"/>
+    <w:rsid w:val="00844FB9"/>
+    <w:rsid w:val="00845F16"/>
+    <w:rsid w:val="00846240"/>
+    <w:rsid w:val="0084646A"/>
+    <w:rsid w:val="008478E1"/>
+    <w:rsid w:val="00850293"/>
+    <w:rsid w:val="008505C2"/>
+    <w:rsid w:val="00852776"/>
+    <w:rsid w:val="00853DFA"/>
+    <w:rsid w:val="00853E15"/>
+    <w:rsid w:val="00853F41"/>
+    <w:rsid w:val="00854098"/>
+    <w:rsid w:val="00854829"/>
+    <w:rsid w:val="008572E6"/>
+    <w:rsid w:val="00857749"/>
+    <w:rsid w:val="00862780"/>
+    <w:rsid w:val="0086594A"/>
+    <w:rsid w:val="008740E8"/>
+    <w:rsid w:val="00875C09"/>
+    <w:rsid w:val="008813C7"/>
+    <w:rsid w:val="00881D45"/>
+    <w:rsid w:val="00881ED3"/>
+    <w:rsid w:val="0088407F"/>
+    <w:rsid w:val="008844CF"/>
+    <w:rsid w:val="0088573D"/>
+    <w:rsid w:val="0089007F"/>
+    <w:rsid w:val="00895536"/>
+    <w:rsid w:val="00895586"/>
+    <w:rsid w:val="00895FBA"/>
+    <w:rsid w:val="008A26DF"/>
+    <w:rsid w:val="008A43B0"/>
+    <w:rsid w:val="008A54B2"/>
+    <w:rsid w:val="008A64AF"/>
+    <w:rsid w:val="008A688F"/>
+    <w:rsid w:val="008A7886"/>
+    <w:rsid w:val="008B212A"/>
+    <w:rsid w:val="008B2ECA"/>
+    <w:rsid w:val="008B2FCF"/>
+    <w:rsid w:val="008B3FF2"/>
+    <w:rsid w:val="008B426B"/>
+    <w:rsid w:val="008B5618"/>
+    <w:rsid w:val="008B57E4"/>
+    <w:rsid w:val="008B6404"/>
+    <w:rsid w:val="008B7527"/>
+    <w:rsid w:val="008C0D29"/>
+    <w:rsid w:val="008C1955"/>
+    <w:rsid w:val="008C1FF2"/>
+    <w:rsid w:val="008C6822"/>
+    <w:rsid w:val="008C6CED"/>
+    <w:rsid w:val="008C75A9"/>
+    <w:rsid w:val="008C7DF4"/>
+    <w:rsid w:val="008D107C"/>
+    <w:rsid w:val="008D13D0"/>
     <w:rsid w:val="008D2606"/>
-    <w:rsid w:val="008E207D"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00976BC5"/>
+    <w:rsid w:val="008D5967"/>
+    <w:rsid w:val="008E0331"/>
+    <w:rsid w:val="008E0A3D"/>
+    <w:rsid w:val="008E30FA"/>
+    <w:rsid w:val="008E4F1B"/>
+    <w:rsid w:val="008E617B"/>
+    <w:rsid w:val="008E7795"/>
+    <w:rsid w:val="008E7C27"/>
+    <w:rsid w:val="008E7FC5"/>
+    <w:rsid w:val="008F2219"/>
+    <w:rsid w:val="008F5009"/>
+    <w:rsid w:val="0090073B"/>
+    <w:rsid w:val="00901B4D"/>
+    <w:rsid w:val="00902010"/>
+    <w:rsid w:val="00903E6D"/>
+    <w:rsid w:val="00904807"/>
+    <w:rsid w:val="00906105"/>
+    <w:rsid w:val="00906D6F"/>
+    <w:rsid w:val="009109C5"/>
+    <w:rsid w:val="0091140D"/>
+    <w:rsid w:val="00911B89"/>
+    <w:rsid w:val="00912431"/>
+    <w:rsid w:val="009132C2"/>
+    <w:rsid w:val="00913923"/>
+    <w:rsid w:val="00913EBF"/>
+    <w:rsid w:val="00915169"/>
+    <w:rsid w:val="009153BC"/>
+    <w:rsid w:val="00917746"/>
+    <w:rsid w:val="009213D7"/>
+    <w:rsid w:val="00921BD2"/>
+    <w:rsid w:val="009233C9"/>
+    <w:rsid w:val="009259C5"/>
+    <w:rsid w:val="00930239"/>
+    <w:rsid w:val="009311DA"/>
+    <w:rsid w:val="009337E8"/>
+    <w:rsid w:val="00935EA4"/>
+    <w:rsid w:val="009367F5"/>
+    <w:rsid w:val="00937707"/>
+    <w:rsid w:val="00937BA0"/>
+    <w:rsid w:val="0094238C"/>
+    <w:rsid w:val="00942992"/>
+    <w:rsid w:val="009436A1"/>
+    <w:rsid w:val="00943F13"/>
+    <w:rsid w:val="00944316"/>
+    <w:rsid w:val="00947EDD"/>
+    <w:rsid w:val="0095473F"/>
+    <w:rsid w:val="0095610E"/>
+    <w:rsid w:val="00957309"/>
+    <w:rsid w:val="0096284E"/>
+    <w:rsid w:val="00962DAD"/>
+    <w:rsid w:val="00962E28"/>
+    <w:rsid w:val="00962FE1"/>
+    <w:rsid w:val="009630B4"/>
+    <w:rsid w:val="009658D6"/>
+    <w:rsid w:val="00967624"/>
+    <w:rsid w:val="00967D1E"/>
+    <w:rsid w:val="00967D26"/>
+    <w:rsid w:val="009717CF"/>
+    <w:rsid w:val="009721D1"/>
+    <w:rsid w:val="00973BD5"/>
+    <w:rsid w:val="009746D1"/>
+    <w:rsid w:val="00974AA0"/>
+    <w:rsid w:val="00974DE6"/>
+    <w:rsid w:val="00982648"/>
     <w:rsid w:val="00982ADC"/>
-    <w:rsid w:val="00990D8E"/>
-[...30 lines deleted...]
-    <w:rsid w:val="00A74D76"/>
+    <w:rsid w:val="00983250"/>
+    <w:rsid w:val="00985645"/>
+    <w:rsid w:val="00986317"/>
+    <w:rsid w:val="00990513"/>
+    <w:rsid w:val="0099056F"/>
+    <w:rsid w:val="00990E4E"/>
+    <w:rsid w:val="0099341C"/>
+    <w:rsid w:val="00997029"/>
+    <w:rsid w:val="00997564"/>
+    <w:rsid w:val="009A12E9"/>
+    <w:rsid w:val="009A29AD"/>
+    <w:rsid w:val="009A43DE"/>
+    <w:rsid w:val="009A4C6E"/>
+    <w:rsid w:val="009A6093"/>
+    <w:rsid w:val="009B0016"/>
+    <w:rsid w:val="009B243A"/>
+    <w:rsid w:val="009B4013"/>
+    <w:rsid w:val="009C04D8"/>
+    <w:rsid w:val="009C4391"/>
+    <w:rsid w:val="009C4FA6"/>
+    <w:rsid w:val="009C68E6"/>
+    <w:rsid w:val="009C78F4"/>
+    <w:rsid w:val="009C7D77"/>
+    <w:rsid w:val="009D0506"/>
+    <w:rsid w:val="009D1AD8"/>
+    <w:rsid w:val="009D330E"/>
+    <w:rsid w:val="009D54D2"/>
+    <w:rsid w:val="009D662E"/>
+    <w:rsid w:val="009D678E"/>
+    <w:rsid w:val="009D7C7C"/>
+    <w:rsid w:val="009E116D"/>
+    <w:rsid w:val="009E3E2C"/>
+    <w:rsid w:val="009E53F5"/>
+    <w:rsid w:val="009E56E7"/>
+    <w:rsid w:val="009E64DE"/>
+    <w:rsid w:val="009E6DB9"/>
+    <w:rsid w:val="009E6F45"/>
+    <w:rsid w:val="009F0743"/>
+    <w:rsid w:val="009F0D07"/>
+    <w:rsid w:val="009F4A9D"/>
+    <w:rsid w:val="009F5AE4"/>
+    <w:rsid w:val="009F6B15"/>
+    <w:rsid w:val="00A00FED"/>
+    <w:rsid w:val="00A0262D"/>
+    <w:rsid w:val="00A04098"/>
+    <w:rsid w:val="00A04C73"/>
+    <w:rsid w:val="00A05075"/>
+    <w:rsid w:val="00A05E23"/>
+    <w:rsid w:val="00A060C7"/>
+    <w:rsid w:val="00A074A4"/>
+    <w:rsid w:val="00A101EA"/>
+    <w:rsid w:val="00A1021D"/>
+    <w:rsid w:val="00A1055C"/>
+    <w:rsid w:val="00A131BB"/>
+    <w:rsid w:val="00A13F4A"/>
+    <w:rsid w:val="00A17032"/>
+    <w:rsid w:val="00A172BA"/>
+    <w:rsid w:val="00A2178D"/>
+    <w:rsid w:val="00A219D1"/>
+    <w:rsid w:val="00A224E0"/>
+    <w:rsid w:val="00A22FD7"/>
+    <w:rsid w:val="00A231E2"/>
+    <w:rsid w:val="00A237EE"/>
+    <w:rsid w:val="00A23871"/>
+    <w:rsid w:val="00A265EC"/>
+    <w:rsid w:val="00A273E2"/>
+    <w:rsid w:val="00A306BB"/>
+    <w:rsid w:val="00A35EEE"/>
+    <w:rsid w:val="00A4139B"/>
+    <w:rsid w:val="00A41892"/>
+    <w:rsid w:val="00A45899"/>
+    <w:rsid w:val="00A46306"/>
+    <w:rsid w:val="00A464B7"/>
+    <w:rsid w:val="00A468CA"/>
+    <w:rsid w:val="00A50E62"/>
+    <w:rsid w:val="00A51DC9"/>
+    <w:rsid w:val="00A53F15"/>
+    <w:rsid w:val="00A5781E"/>
+    <w:rsid w:val="00A5788A"/>
+    <w:rsid w:val="00A57DFD"/>
+    <w:rsid w:val="00A61164"/>
+    <w:rsid w:val="00A613A7"/>
+    <w:rsid w:val="00A617CC"/>
+    <w:rsid w:val="00A63575"/>
+    <w:rsid w:val="00A63771"/>
+    <w:rsid w:val="00A64EA9"/>
+    <w:rsid w:val="00A657A9"/>
+    <w:rsid w:val="00A67A6F"/>
+    <w:rsid w:val="00A7275D"/>
+    <w:rsid w:val="00A72CBD"/>
+    <w:rsid w:val="00A757DB"/>
+    <w:rsid w:val="00A75871"/>
     <w:rsid w:val="00A75AFD"/>
-    <w:rsid w:val="00A870F3"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00AC052D"/>
+    <w:rsid w:val="00A76863"/>
+    <w:rsid w:val="00A770E5"/>
+    <w:rsid w:val="00A77882"/>
+    <w:rsid w:val="00A80A6F"/>
+    <w:rsid w:val="00A80C17"/>
+    <w:rsid w:val="00A810A3"/>
+    <w:rsid w:val="00A8214B"/>
+    <w:rsid w:val="00A82A41"/>
+    <w:rsid w:val="00A82B7F"/>
+    <w:rsid w:val="00A8348F"/>
+    <w:rsid w:val="00A87D67"/>
+    <w:rsid w:val="00A901AC"/>
+    <w:rsid w:val="00A92D18"/>
+    <w:rsid w:val="00A9428F"/>
+    <w:rsid w:val="00A94B86"/>
+    <w:rsid w:val="00A95EDF"/>
+    <w:rsid w:val="00A96650"/>
+    <w:rsid w:val="00A96BB1"/>
+    <w:rsid w:val="00A97319"/>
+    <w:rsid w:val="00A97487"/>
+    <w:rsid w:val="00A97FF2"/>
+    <w:rsid w:val="00AA1EEA"/>
+    <w:rsid w:val="00AA2783"/>
+    <w:rsid w:val="00AA2F94"/>
+    <w:rsid w:val="00AA31D5"/>
+    <w:rsid w:val="00AA3B8A"/>
+    <w:rsid w:val="00AA3DE2"/>
+    <w:rsid w:val="00AA5025"/>
+    <w:rsid w:val="00AA5273"/>
+    <w:rsid w:val="00AA781F"/>
+    <w:rsid w:val="00AB0FD3"/>
+    <w:rsid w:val="00AB1601"/>
+    <w:rsid w:val="00AB1771"/>
+    <w:rsid w:val="00AB1AB4"/>
+    <w:rsid w:val="00AB31E8"/>
+    <w:rsid w:val="00AB3DCA"/>
+    <w:rsid w:val="00AB57B2"/>
+    <w:rsid w:val="00AB5D84"/>
+    <w:rsid w:val="00AB60D8"/>
+    <w:rsid w:val="00AB6570"/>
+    <w:rsid w:val="00AB75BB"/>
+    <w:rsid w:val="00AC19FC"/>
+    <w:rsid w:val="00AC2A90"/>
     <w:rsid w:val="00AC4B3D"/>
-    <w:rsid w:val="00AD446E"/>
-    <w:rsid w:val="00AD61E1"/>
+    <w:rsid w:val="00AC4D89"/>
+    <w:rsid w:val="00AC57DB"/>
+    <w:rsid w:val="00AD2F69"/>
+    <w:rsid w:val="00AD69B7"/>
+    <w:rsid w:val="00AD6F50"/>
+    <w:rsid w:val="00AE06EA"/>
     <w:rsid w:val="00AE0FCD"/>
-    <w:rsid w:val="00AE4A97"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00B4169D"/>
+    <w:rsid w:val="00AE20AD"/>
+    <w:rsid w:val="00AE29D2"/>
+    <w:rsid w:val="00AE403F"/>
+    <w:rsid w:val="00AE42CD"/>
+    <w:rsid w:val="00AE5352"/>
+    <w:rsid w:val="00AE5F0A"/>
+    <w:rsid w:val="00AE675B"/>
+    <w:rsid w:val="00AE681E"/>
+    <w:rsid w:val="00AE706E"/>
+    <w:rsid w:val="00AE7084"/>
+    <w:rsid w:val="00AE7CBB"/>
+    <w:rsid w:val="00AF0CBF"/>
+    <w:rsid w:val="00AF10DA"/>
+    <w:rsid w:val="00AF1858"/>
+    <w:rsid w:val="00AF20D8"/>
+    <w:rsid w:val="00AF3BB1"/>
+    <w:rsid w:val="00AF403F"/>
+    <w:rsid w:val="00B0187F"/>
+    <w:rsid w:val="00B03A69"/>
+    <w:rsid w:val="00B056EF"/>
+    <w:rsid w:val="00B109A8"/>
+    <w:rsid w:val="00B10C96"/>
+    <w:rsid w:val="00B10E02"/>
+    <w:rsid w:val="00B117EA"/>
+    <w:rsid w:val="00B1456F"/>
+    <w:rsid w:val="00B1577E"/>
+    <w:rsid w:val="00B15ECC"/>
+    <w:rsid w:val="00B17B22"/>
+    <w:rsid w:val="00B17B34"/>
+    <w:rsid w:val="00B2019A"/>
+    <w:rsid w:val="00B20992"/>
+    <w:rsid w:val="00B21F18"/>
+    <w:rsid w:val="00B227BF"/>
+    <w:rsid w:val="00B22C04"/>
+    <w:rsid w:val="00B23150"/>
+    <w:rsid w:val="00B24110"/>
+    <w:rsid w:val="00B24189"/>
+    <w:rsid w:val="00B270CB"/>
+    <w:rsid w:val="00B30C59"/>
+    <w:rsid w:val="00B34C11"/>
+    <w:rsid w:val="00B36F03"/>
+    <w:rsid w:val="00B40D4D"/>
     <w:rsid w:val="00B418E3"/>
-    <w:rsid w:val="00B42602"/>
-[...47 lines deleted...]
-    <w:rsid w:val="00C84C97"/>
+    <w:rsid w:val="00B433BF"/>
+    <w:rsid w:val="00B434A6"/>
+    <w:rsid w:val="00B4771A"/>
+    <w:rsid w:val="00B53E0A"/>
+    <w:rsid w:val="00B541E7"/>
+    <w:rsid w:val="00B545A7"/>
+    <w:rsid w:val="00B553B7"/>
+    <w:rsid w:val="00B55428"/>
+    <w:rsid w:val="00B5544A"/>
+    <w:rsid w:val="00B55840"/>
+    <w:rsid w:val="00B5612B"/>
+    <w:rsid w:val="00B56CC3"/>
+    <w:rsid w:val="00B578F2"/>
+    <w:rsid w:val="00B60636"/>
+    <w:rsid w:val="00B63FF9"/>
+    <w:rsid w:val="00B664CB"/>
+    <w:rsid w:val="00B70484"/>
+    <w:rsid w:val="00B7170E"/>
+    <w:rsid w:val="00B74735"/>
+    <w:rsid w:val="00B773E9"/>
+    <w:rsid w:val="00B803B8"/>
+    <w:rsid w:val="00B80FD4"/>
+    <w:rsid w:val="00B8247E"/>
+    <w:rsid w:val="00B83BFB"/>
+    <w:rsid w:val="00B8419B"/>
+    <w:rsid w:val="00B85EFF"/>
+    <w:rsid w:val="00B86BF6"/>
+    <w:rsid w:val="00B870AB"/>
+    <w:rsid w:val="00B873C1"/>
+    <w:rsid w:val="00B8750B"/>
+    <w:rsid w:val="00B906DA"/>
+    <w:rsid w:val="00B90B69"/>
+    <w:rsid w:val="00B911CD"/>
+    <w:rsid w:val="00B922D2"/>
+    <w:rsid w:val="00B933FC"/>
+    <w:rsid w:val="00B9474D"/>
+    <w:rsid w:val="00B94DE5"/>
+    <w:rsid w:val="00B950BD"/>
+    <w:rsid w:val="00B96815"/>
+    <w:rsid w:val="00B96A27"/>
+    <w:rsid w:val="00B96AC9"/>
+    <w:rsid w:val="00B96BC5"/>
+    <w:rsid w:val="00B97D98"/>
+    <w:rsid w:val="00BA0A26"/>
+    <w:rsid w:val="00BA1F51"/>
+    <w:rsid w:val="00BA3A1D"/>
+    <w:rsid w:val="00BA3E50"/>
+    <w:rsid w:val="00BA5659"/>
+    <w:rsid w:val="00BB53C6"/>
+    <w:rsid w:val="00BB60AD"/>
+    <w:rsid w:val="00BB6F73"/>
+    <w:rsid w:val="00BC06D4"/>
+    <w:rsid w:val="00BC2451"/>
+    <w:rsid w:val="00BC2DF6"/>
+    <w:rsid w:val="00BC333B"/>
+    <w:rsid w:val="00BC5192"/>
+    <w:rsid w:val="00BC72CF"/>
+    <w:rsid w:val="00BC7E99"/>
+    <w:rsid w:val="00BD0211"/>
+    <w:rsid w:val="00BD1021"/>
+    <w:rsid w:val="00BD1467"/>
+    <w:rsid w:val="00BD2455"/>
+    <w:rsid w:val="00BD5A7E"/>
+    <w:rsid w:val="00BD6516"/>
+    <w:rsid w:val="00BD78A9"/>
+    <w:rsid w:val="00BD7FDA"/>
+    <w:rsid w:val="00BE32D0"/>
+    <w:rsid w:val="00BE3E0C"/>
+    <w:rsid w:val="00BE4899"/>
+    <w:rsid w:val="00BE50E7"/>
+    <w:rsid w:val="00BE5D92"/>
+    <w:rsid w:val="00BE68E7"/>
+    <w:rsid w:val="00BE7986"/>
+    <w:rsid w:val="00BE7C8C"/>
+    <w:rsid w:val="00BF03FE"/>
+    <w:rsid w:val="00BF3308"/>
+    <w:rsid w:val="00BF4A19"/>
+    <w:rsid w:val="00BF59A1"/>
+    <w:rsid w:val="00BF77E9"/>
+    <w:rsid w:val="00C030FD"/>
+    <w:rsid w:val="00C03710"/>
+    <w:rsid w:val="00C06C81"/>
+    <w:rsid w:val="00C07F02"/>
+    <w:rsid w:val="00C1079E"/>
+    <w:rsid w:val="00C1149E"/>
+    <w:rsid w:val="00C11BD9"/>
+    <w:rsid w:val="00C13390"/>
+    <w:rsid w:val="00C16359"/>
+    <w:rsid w:val="00C16796"/>
+    <w:rsid w:val="00C22C78"/>
+    <w:rsid w:val="00C23B29"/>
+    <w:rsid w:val="00C24267"/>
+    <w:rsid w:val="00C246EB"/>
+    <w:rsid w:val="00C259B4"/>
+    <w:rsid w:val="00C270FF"/>
+    <w:rsid w:val="00C31EA7"/>
+    <w:rsid w:val="00C32F97"/>
+    <w:rsid w:val="00C33062"/>
+    <w:rsid w:val="00C3353A"/>
+    <w:rsid w:val="00C3377C"/>
+    <w:rsid w:val="00C35852"/>
+    <w:rsid w:val="00C3636B"/>
+    <w:rsid w:val="00C36652"/>
+    <w:rsid w:val="00C4078C"/>
+    <w:rsid w:val="00C4327A"/>
+    <w:rsid w:val="00C44556"/>
+    <w:rsid w:val="00C45E31"/>
+    <w:rsid w:val="00C4709A"/>
+    <w:rsid w:val="00C47DC1"/>
+    <w:rsid w:val="00C50C18"/>
+    <w:rsid w:val="00C52728"/>
+    <w:rsid w:val="00C5426F"/>
+    <w:rsid w:val="00C544E7"/>
+    <w:rsid w:val="00C552E0"/>
+    <w:rsid w:val="00C55E81"/>
+    <w:rsid w:val="00C62BA1"/>
+    <w:rsid w:val="00C63205"/>
+    <w:rsid w:val="00C63452"/>
+    <w:rsid w:val="00C6409F"/>
+    <w:rsid w:val="00C70A34"/>
+    <w:rsid w:val="00C71944"/>
+    <w:rsid w:val="00C71A98"/>
+    <w:rsid w:val="00C749BF"/>
+    <w:rsid w:val="00C75C70"/>
+    <w:rsid w:val="00C76A94"/>
+    <w:rsid w:val="00C80D8F"/>
+    <w:rsid w:val="00C827B1"/>
+    <w:rsid w:val="00C84E78"/>
+    <w:rsid w:val="00C873EE"/>
     <w:rsid w:val="00C9090A"/>
-    <w:rsid w:val="00C96B52"/>
-    <w:rsid w:val="00CA1FE4"/>
+    <w:rsid w:val="00C920EB"/>
+    <w:rsid w:val="00C93495"/>
+    <w:rsid w:val="00C95788"/>
+    <w:rsid w:val="00C959A5"/>
+    <w:rsid w:val="00C96502"/>
+    <w:rsid w:val="00C96719"/>
+    <w:rsid w:val="00C973B5"/>
+    <w:rsid w:val="00C97565"/>
+    <w:rsid w:val="00C97866"/>
+    <w:rsid w:val="00C97D2A"/>
+    <w:rsid w:val="00CA062B"/>
+    <w:rsid w:val="00CA335E"/>
     <w:rsid w:val="00CA352D"/>
-    <w:rsid w:val="00CA36E4"/>
-    <w:rsid w:val="00CA3E05"/>
+    <w:rsid w:val="00CA3623"/>
     <w:rsid w:val="00CA5724"/>
-    <w:rsid w:val="00CA6DA3"/>
-[...29 lines deleted...]
-    <w:rsid w:val="00DB2C49"/>
+    <w:rsid w:val="00CA7119"/>
+    <w:rsid w:val="00CA7CF9"/>
+    <w:rsid w:val="00CB06A1"/>
+    <w:rsid w:val="00CB33CB"/>
+    <w:rsid w:val="00CB3432"/>
+    <w:rsid w:val="00CB38AB"/>
+    <w:rsid w:val="00CB429D"/>
+    <w:rsid w:val="00CC1C48"/>
+    <w:rsid w:val="00CC3F24"/>
+    <w:rsid w:val="00CC61BB"/>
+    <w:rsid w:val="00CC7D64"/>
+    <w:rsid w:val="00CD2988"/>
+    <w:rsid w:val="00CD5931"/>
+    <w:rsid w:val="00CD5FEA"/>
+    <w:rsid w:val="00CD64D8"/>
+    <w:rsid w:val="00CD6BD5"/>
+    <w:rsid w:val="00CD75AE"/>
+    <w:rsid w:val="00CE0408"/>
+    <w:rsid w:val="00CE1A22"/>
+    <w:rsid w:val="00CE2E61"/>
+    <w:rsid w:val="00CE3DBD"/>
+    <w:rsid w:val="00CE59EB"/>
+    <w:rsid w:val="00CE64AD"/>
+    <w:rsid w:val="00CE7772"/>
+    <w:rsid w:val="00CE77D3"/>
+    <w:rsid w:val="00CF15ED"/>
+    <w:rsid w:val="00CF1837"/>
+    <w:rsid w:val="00CF2C61"/>
+    <w:rsid w:val="00CF3BDE"/>
+    <w:rsid w:val="00CF50A4"/>
+    <w:rsid w:val="00CF777E"/>
+    <w:rsid w:val="00CF7784"/>
+    <w:rsid w:val="00D00791"/>
+    <w:rsid w:val="00D023D7"/>
+    <w:rsid w:val="00D035A3"/>
+    <w:rsid w:val="00D0427B"/>
+    <w:rsid w:val="00D044E0"/>
+    <w:rsid w:val="00D04885"/>
+    <w:rsid w:val="00D04B1C"/>
+    <w:rsid w:val="00D07740"/>
+    <w:rsid w:val="00D11D5C"/>
+    <w:rsid w:val="00D128ED"/>
+    <w:rsid w:val="00D174D2"/>
+    <w:rsid w:val="00D17919"/>
+    <w:rsid w:val="00D21688"/>
+    <w:rsid w:val="00D22C73"/>
+    <w:rsid w:val="00D27D79"/>
+    <w:rsid w:val="00D31655"/>
+    <w:rsid w:val="00D32606"/>
+    <w:rsid w:val="00D3368C"/>
+    <w:rsid w:val="00D35156"/>
+    <w:rsid w:val="00D3574D"/>
+    <w:rsid w:val="00D35F2A"/>
+    <w:rsid w:val="00D36003"/>
+    <w:rsid w:val="00D36A1A"/>
+    <w:rsid w:val="00D4276F"/>
+    <w:rsid w:val="00D43B9E"/>
+    <w:rsid w:val="00D4477F"/>
+    <w:rsid w:val="00D4529F"/>
+    <w:rsid w:val="00D46132"/>
+    <w:rsid w:val="00D462A5"/>
+    <w:rsid w:val="00D47290"/>
+    <w:rsid w:val="00D52096"/>
+    <w:rsid w:val="00D56B8A"/>
+    <w:rsid w:val="00D572B6"/>
+    <w:rsid w:val="00D60736"/>
+    <w:rsid w:val="00D60A0E"/>
+    <w:rsid w:val="00D60A77"/>
+    <w:rsid w:val="00D61F78"/>
+    <w:rsid w:val="00D61F88"/>
+    <w:rsid w:val="00D62149"/>
+    <w:rsid w:val="00D622AC"/>
+    <w:rsid w:val="00D72B2C"/>
+    <w:rsid w:val="00D74A00"/>
+    <w:rsid w:val="00D75A41"/>
+    <w:rsid w:val="00D764A5"/>
+    <w:rsid w:val="00D77D65"/>
+    <w:rsid w:val="00D824D2"/>
+    <w:rsid w:val="00D835C3"/>
+    <w:rsid w:val="00D860C9"/>
+    <w:rsid w:val="00D864D1"/>
+    <w:rsid w:val="00D8780A"/>
+    <w:rsid w:val="00D90091"/>
+    <w:rsid w:val="00D903E9"/>
+    <w:rsid w:val="00D91C4B"/>
+    <w:rsid w:val="00D91DE1"/>
+    <w:rsid w:val="00D92F86"/>
+    <w:rsid w:val="00D937AB"/>
+    <w:rsid w:val="00D951BE"/>
+    <w:rsid w:val="00D97738"/>
+    <w:rsid w:val="00D97C19"/>
+    <w:rsid w:val="00DA1507"/>
+    <w:rsid w:val="00DA1D04"/>
+    <w:rsid w:val="00DA1E2E"/>
+    <w:rsid w:val="00DA3441"/>
+    <w:rsid w:val="00DA4775"/>
+    <w:rsid w:val="00DA762A"/>
+    <w:rsid w:val="00DA782F"/>
+    <w:rsid w:val="00DB0A43"/>
+    <w:rsid w:val="00DB1262"/>
+    <w:rsid w:val="00DB18C9"/>
+    <w:rsid w:val="00DB1F8A"/>
+    <w:rsid w:val="00DB2DCE"/>
     <w:rsid w:val="00DB44B2"/>
-    <w:rsid w:val="00DB78C4"/>
-[...38 lines deleted...]
-    <w:rsid w:val="00F01D70"/>
+    <w:rsid w:val="00DB5E8A"/>
+    <w:rsid w:val="00DB7155"/>
+    <w:rsid w:val="00DC00B5"/>
+    <w:rsid w:val="00DC094B"/>
+    <w:rsid w:val="00DC0D8E"/>
+    <w:rsid w:val="00DC11EF"/>
+    <w:rsid w:val="00DC213E"/>
+    <w:rsid w:val="00DC27F5"/>
+    <w:rsid w:val="00DC2ABF"/>
+    <w:rsid w:val="00DC37D1"/>
+    <w:rsid w:val="00DC3AFF"/>
+    <w:rsid w:val="00DC4C7B"/>
+    <w:rsid w:val="00DC514D"/>
+    <w:rsid w:val="00DC690B"/>
+    <w:rsid w:val="00DD197F"/>
+    <w:rsid w:val="00DD2DB2"/>
+    <w:rsid w:val="00DD4011"/>
+    <w:rsid w:val="00DD5F55"/>
+    <w:rsid w:val="00DE27C1"/>
+    <w:rsid w:val="00DE7537"/>
+    <w:rsid w:val="00DE7B7B"/>
+    <w:rsid w:val="00DF125A"/>
+    <w:rsid w:val="00DF17B5"/>
+    <w:rsid w:val="00DF214B"/>
+    <w:rsid w:val="00DF4491"/>
+    <w:rsid w:val="00DF6799"/>
+    <w:rsid w:val="00DF7BED"/>
+    <w:rsid w:val="00DF7EFD"/>
+    <w:rsid w:val="00E01DD0"/>
+    <w:rsid w:val="00E0297A"/>
+    <w:rsid w:val="00E032A1"/>
+    <w:rsid w:val="00E034A5"/>
+    <w:rsid w:val="00E03DA5"/>
+    <w:rsid w:val="00E0433F"/>
+    <w:rsid w:val="00E04BC4"/>
+    <w:rsid w:val="00E06EA9"/>
+    <w:rsid w:val="00E07E91"/>
+    <w:rsid w:val="00E07F8B"/>
+    <w:rsid w:val="00E10138"/>
+    <w:rsid w:val="00E10DA6"/>
+    <w:rsid w:val="00E114C1"/>
+    <w:rsid w:val="00E1322D"/>
+    <w:rsid w:val="00E14108"/>
+    <w:rsid w:val="00E1429B"/>
+    <w:rsid w:val="00E1431D"/>
+    <w:rsid w:val="00E14504"/>
+    <w:rsid w:val="00E145A9"/>
+    <w:rsid w:val="00E15F88"/>
+    <w:rsid w:val="00E16D93"/>
+    <w:rsid w:val="00E17C5B"/>
+    <w:rsid w:val="00E20174"/>
+    <w:rsid w:val="00E2104B"/>
+    <w:rsid w:val="00E21F17"/>
+    <w:rsid w:val="00E22C09"/>
+    <w:rsid w:val="00E241E7"/>
+    <w:rsid w:val="00E25619"/>
+    <w:rsid w:val="00E25883"/>
+    <w:rsid w:val="00E26B91"/>
+    <w:rsid w:val="00E26CA6"/>
+    <w:rsid w:val="00E321D4"/>
+    <w:rsid w:val="00E33F0F"/>
+    <w:rsid w:val="00E35920"/>
+    <w:rsid w:val="00E43A44"/>
+    <w:rsid w:val="00E44801"/>
+    <w:rsid w:val="00E4724D"/>
+    <w:rsid w:val="00E4772B"/>
+    <w:rsid w:val="00E47FC1"/>
+    <w:rsid w:val="00E503EF"/>
+    <w:rsid w:val="00E52702"/>
+    <w:rsid w:val="00E53FDD"/>
+    <w:rsid w:val="00E56E07"/>
+    <w:rsid w:val="00E56F1A"/>
+    <w:rsid w:val="00E62A64"/>
+    <w:rsid w:val="00E630EE"/>
+    <w:rsid w:val="00E63E66"/>
+    <w:rsid w:val="00E64EEB"/>
+    <w:rsid w:val="00E710FA"/>
+    <w:rsid w:val="00E71541"/>
+    <w:rsid w:val="00E71790"/>
+    <w:rsid w:val="00E7199B"/>
+    <w:rsid w:val="00E71CB4"/>
+    <w:rsid w:val="00E74C25"/>
+    <w:rsid w:val="00E76866"/>
+    <w:rsid w:val="00E8026B"/>
+    <w:rsid w:val="00E807CF"/>
+    <w:rsid w:val="00E815CF"/>
+    <w:rsid w:val="00E815F5"/>
+    <w:rsid w:val="00E83C6B"/>
+    <w:rsid w:val="00E855DC"/>
+    <w:rsid w:val="00E905AD"/>
+    <w:rsid w:val="00E91856"/>
+    <w:rsid w:val="00E93D15"/>
+    <w:rsid w:val="00E945D3"/>
+    <w:rsid w:val="00E95B07"/>
+    <w:rsid w:val="00E975D2"/>
+    <w:rsid w:val="00EA2FC0"/>
+    <w:rsid w:val="00EA696B"/>
+    <w:rsid w:val="00EA6BEB"/>
+    <w:rsid w:val="00EA740F"/>
+    <w:rsid w:val="00EB07A3"/>
+    <w:rsid w:val="00EB0DBD"/>
+    <w:rsid w:val="00EB1834"/>
+    <w:rsid w:val="00EB268F"/>
+    <w:rsid w:val="00EB3262"/>
+    <w:rsid w:val="00EB38E2"/>
+    <w:rsid w:val="00EB53C8"/>
+    <w:rsid w:val="00EB6D31"/>
+    <w:rsid w:val="00EB7166"/>
+    <w:rsid w:val="00EB7FAC"/>
+    <w:rsid w:val="00EC03E2"/>
+    <w:rsid w:val="00EC0E49"/>
+    <w:rsid w:val="00EC106E"/>
+    <w:rsid w:val="00EC1DEC"/>
+    <w:rsid w:val="00ED2D75"/>
+    <w:rsid w:val="00ED2D83"/>
+    <w:rsid w:val="00ED457E"/>
+    <w:rsid w:val="00ED478C"/>
+    <w:rsid w:val="00ED4B2C"/>
+    <w:rsid w:val="00ED5619"/>
+    <w:rsid w:val="00ED6846"/>
+    <w:rsid w:val="00ED7A38"/>
+    <w:rsid w:val="00EE2953"/>
+    <w:rsid w:val="00EE2D81"/>
+    <w:rsid w:val="00EE3593"/>
+    <w:rsid w:val="00EE3C7F"/>
+    <w:rsid w:val="00EE46B3"/>
+    <w:rsid w:val="00EE5365"/>
+    <w:rsid w:val="00EE69C6"/>
+    <w:rsid w:val="00EF0427"/>
+    <w:rsid w:val="00EF1967"/>
+    <w:rsid w:val="00EF2087"/>
+    <w:rsid w:val="00EF24AB"/>
+    <w:rsid w:val="00EF2561"/>
+    <w:rsid w:val="00EF28CF"/>
+    <w:rsid w:val="00EF2A13"/>
+    <w:rsid w:val="00EF33DB"/>
+    <w:rsid w:val="00EF3CCC"/>
+    <w:rsid w:val="00EF462D"/>
+    <w:rsid w:val="00EF502F"/>
+    <w:rsid w:val="00EF710E"/>
+    <w:rsid w:val="00F00129"/>
+    <w:rsid w:val="00F00B41"/>
+    <w:rsid w:val="00F0165A"/>
+    <w:rsid w:val="00F03214"/>
     <w:rsid w:val="00F033DE"/>
-    <w:rsid w:val="00F03EE7"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F33B3D"/>
+    <w:rsid w:val="00F04774"/>
+    <w:rsid w:val="00F05A17"/>
+    <w:rsid w:val="00F060D8"/>
+    <w:rsid w:val="00F107D7"/>
+    <w:rsid w:val="00F129D2"/>
+    <w:rsid w:val="00F13575"/>
+    <w:rsid w:val="00F1430B"/>
+    <w:rsid w:val="00F1523A"/>
+    <w:rsid w:val="00F2004D"/>
+    <w:rsid w:val="00F21635"/>
+    <w:rsid w:val="00F2278A"/>
+    <w:rsid w:val="00F23BB4"/>
+    <w:rsid w:val="00F25395"/>
+    <w:rsid w:val="00F27BF8"/>
+    <w:rsid w:val="00F31E94"/>
+    <w:rsid w:val="00F327AE"/>
+    <w:rsid w:val="00F35914"/>
+    <w:rsid w:val="00F35DA9"/>
+    <w:rsid w:val="00F36CB3"/>
+    <w:rsid w:val="00F371D4"/>
+    <w:rsid w:val="00F37F81"/>
+    <w:rsid w:val="00F4043A"/>
+    <w:rsid w:val="00F40A1E"/>
+    <w:rsid w:val="00F412B2"/>
+    <w:rsid w:val="00F41CB2"/>
+    <w:rsid w:val="00F424F5"/>
+    <w:rsid w:val="00F468FE"/>
+    <w:rsid w:val="00F47AA0"/>
+    <w:rsid w:val="00F5405E"/>
+    <w:rsid w:val="00F56DCF"/>
+    <w:rsid w:val="00F56F1A"/>
+    <w:rsid w:val="00F62477"/>
+    <w:rsid w:val="00F647B0"/>
+    <w:rsid w:val="00F65AB9"/>
+    <w:rsid w:val="00F66858"/>
     <w:rsid w:val="00F66A6E"/>
-    <w:rsid w:val="00F677CA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FA2709"/>
+    <w:rsid w:val="00F66C0F"/>
+    <w:rsid w:val="00F67BD1"/>
+    <w:rsid w:val="00F70485"/>
+    <w:rsid w:val="00F720BF"/>
+    <w:rsid w:val="00F72F13"/>
+    <w:rsid w:val="00F73E8F"/>
+    <w:rsid w:val="00F761FA"/>
+    <w:rsid w:val="00F764AD"/>
+    <w:rsid w:val="00F77449"/>
+    <w:rsid w:val="00F778C6"/>
+    <w:rsid w:val="00F8011C"/>
+    <w:rsid w:val="00F84006"/>
+    <w:rsid w:val="00F861C8"/>
+    <w:rsid w:val="00F919B2"/>
+    <w:rsid w:val="00F93659"/>
+    <w:rsid w:val="00F95398"/>
+    <w:rsid w:val="00F955B5"/>
+    <w:rsid w:val="00F95B8D"/>
+    <w:rsid w:val="00F96B13"/>
+    <w:rsid w:val="00F96B1F"/>
+    <w:rsid w:val="00F97FC8"/>
+    <w:rsid w:val="00FA05F5"/>
     <w:rsid w:val="00FA28EA"/>
-    <w:rsid w:val="00FA2B96"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00FF74ED"/>
+    <w:rsid w:val="00FA290B"/>
+    <w:rsid w:val="00FA2CAA"/>
+    <w:rsid w:val="00FA2E72"/>
+    <w:rsid w:val="00FA3E6A"/>
+    <w:rsid w:val="00FA435B"/>
+    <w:rsid w:val="00FA522C"/>
+    <w:rsid w:val="00FA58AD"/>
+    <w:rsid w:val="00FA7CED"/>
+    <w:rsid w:val="00FB05C3"/>
+    <w:rsid w:val="00FB10C0"/>
+    <w:rsid w:val="00FB2DCE"/>
+    <w:rsid w:val="00FB38AB"/>
+    <w:rsid w:val="00FC0774"/>
+    <w:rsid w:val="00FC28D3"/>
+    <w:rsid w:val="00FC5299"/>
+    <w:rsid w:val="00FC72D4"/>
+    <w:rsid w:val="00FC74D0"/>
+    <w:rsid w:val="00FC7C1A"/>
+    <w:rsid w:val="00FC7E3C"/>
+    <w:rsid w:val="00FD12AF"/>
+    <w:rsid w:val="00FD1BC6"/>
+    <w:rsid w:val="00FD54F8"/>
+    <w:rsid w:val="00FD7B2F"/>
+    <w:rsid w:val="00FE0FFB"/>
+    <w:rsid w:val="00FE47A2"/>
+    <w:rsid w:val="00FE703D"/>
+    <w:rsid w:val="00FE72A1"/>
+    <w:rsid w:val="00FF06A8"/>
+    <w:rsid w:val="00FF0ED3"/>
+    <w:rsid w:val="00FF1BF0"/>
+    <w:rsid w:val="00FF2407"/>
+    <w:rsid w:val="00FF2711"/>
+    <w:rsid w:val="00FF3FD9"/>
+    <w:rsid w:val="00FF7598"/>
+    <w:rsid w:val="00FF7CE9"/>
+    <w:rsid w:val="013BCB5A"/>
+    <w:rsid w:val="033755F3"/>
+    <w:rsid w:val="0633FB60"/>
+    <w:rsid w:val="0B1413FA"/>
+    <w:rsid w:val="0D7B2595"/>
+    <w:rsid w:val="13362CF9"/>
+    <w:rsid w:val="153D2B7D"/>
+    <w:rsid w:val="1F603321"/>
+    <w:rsid w:val="2096E2B7"/>
+    <w:rsid w:val="30AC75C9"/>
+    <w:rsid w:val="34A4CD43"/>
+    <w:rsid w:val="3565C69D"/>
+    <w:rsid w:val="3EB8017C"/>
+    <w:rsid w:val="44476C8F"/>
+    <w:rsid w:val="494BBEF5"/>
+    <w:rsid w:val="4B2BC6DA"/>
+    <w:rsid w:val="4BCF5047"/>
+    <w:rsid w:val="537C4CD0"/>
+    <w:rsid w:val="5D52CC74"/>
+    <w:rsid w:val="606D8788"/>
+    <w:rsid w:val="61144F76"/>
+    <w:rsid w:val="698ABB8A"/>
+    <w:rsid w:val="6CD6E24C"/>
+    <w:rsid w:val="6CD9DD6E"/>
+    <w:rsid w:val="71BE24EF"/>
+    <w:rsid w:val="771543DD"/>
+    <w:rsid w:val="7E11E2B5"/>
+    <w:rsid w:val="7EDBCAE4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5430D05D"/>
+  <w14:docId w14:val="45E1E116"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{3B91F2BC-0C39-4440-9300-447B48988F36}"/>
+  <w15:docId w15:val="{6AC1330A-DBC1-4922-A740-E74121DABF0A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12169,51 +7360,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -12706,90 +7897,90 @@
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00982ADC"/>
     <w:rPr>
       <w:color w:val="C8102E"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BackPageHeading1">
     <w:name w:val="Back Page Heading 1"/>
     <w:basedOn w:val="Heading1"/>
     <w:link w:val="BackPageHeading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00C9090A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="120" w:line="300" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Open Sans Semibold" w:eastAsia="Calibri" w:hAnsi="Open Sans Semibold" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Open Sans SemiBold" w:eastAsia="Calibri" w:hAnsi="Open Sans SemiBold" w:cs="Calibri"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:noProof/>
       <w:color w:val="24303B"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BackPageHeading1Char">
     <w:name w:val="Back Page Heading 1 Char"/>
     <w:link w:val="BackPageHeading1"/>
     <w:rsid w:val="00C9090A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Open Sans Semibold" w:eastAsia="Calibri" w:hAnsi="Open Sans Semibold" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Open Sans SemiBold" w:eastAsia="Calibri" w:hAnsi="Open Sans SemiBold" w:cs="Calibri"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:noProof/>
       <w:color w:val="24303B"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BackPageHeading2">
     <w:name w:val="Back Page Heading 2"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AC4B3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Open Sans Semibold" w:eastAsia="Calibri" w:hAnsi="Open Sans Semibold"/>
+      <w:rFonts w:ascii="Open Sans SemiBold" w:eastAsia="Calibri" w:hAnsi="Open Sans SemiBold"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:color w:val="24303B"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
     <w:name w:val="Table Grid1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00AC4B3D"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4-Accent3">
     <w:name w:val="Grid Table 4 Accent 3"/>
@@ -12845,68 +8036,68 @@
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EDD2EB"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EDD2EB"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00C9090A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SquareBulletsmall">
     <w:name w:val="SquareBulletsmall"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SquareBulletsmallChar"/>
     <w:qFormat/>
     <w:rsid w:val="00C9090A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:numPr>
-        <w:numId w:val="10"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SquareBulletsmallChar">
     <w:name w:val="SquareBulletsmall Char"/>
     <w:link w:val="SquareBulletsmall"/>
     <w:rsid w:val="00C9090A"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Arial"/>
       <w:color w:val="24303B"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumberedList">
@@ -12915,204 +8106,196 @@
     <w:link w:val="NumberedListChar"/>
     <w:qFormat/>
     <w:rsid w:val="00B418E3"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Open Sans"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NumberedListChar">
     <w:name w:val="Numbered List Char"/>
     <w:link w:val="NumberedList"/>
     <w:rsid w:val="00B418E3"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:color w:val="44546A" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ReleaseHeader">
-[...35 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E70629"/>
+    <w:rsid w:val="00FB10C0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E70629"/>
+    <w:rsid w:val="00FB10C0"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:color w:val="44546A" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00D13C3B"/>
+    <w:rsid w:val="0003781D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00885488"/>
+    <w:rsid w:val="009D678E"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00885488"/>
+    <w:rsid w:val="009D678E"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00885488"/>
+    <w:rsid w:val="009D678E"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
       <w:color w:val="44546A" w:themeColor="text2"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006B3A0C"/>
+    <w:rsid w:val="009D678E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006B3A0C"/>
+    <w:rsid w:val="009D678E"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="44546A" w:themeColor="text2"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00246E3E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C96719"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="GridTable5Dark-Accent3">
     <w:name w:val="Grid Table 5 Dark Accent 3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
-    <w:rsid w:val="00412BDC"/>
+    <w:rsid w:val="0019739B"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDD2EB" w:themeFill="accent3" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
@@ -13167,72 +8350,371 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="8E3887" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBA5D7" w:themeFill="accent3" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBA5D7" w:themeFill="accent3" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Squarebullet">
+    <w:name w:val="Squarebullet"/>
+    <w:basedOn w:val="ListParagraph"/>
+    <w:link w:val="SquarebulletChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00590AE1"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="24303B"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SquarebulletChar">
+    <w:name w:val="Squarebullet Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Squarebullet"/>
+    <w:rsid w:val="00590AE1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Open Sans" w:cstheme="minorBidi"/>
+      <w:color w:val="24303B"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00656FF4"/>
+    <w:rsid w:val="003F63D2"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00143BE1"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="660"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="auto"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00143BE1"/>
+    <w:pPr>
+      <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00143BE1"/>
+    <w:pPr>
+      <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="1100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00143BE1"/>
+    <w:pPr>
+      <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="1320"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00143BE1"/>
+    <w:pPr>
+      <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="1540"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00143BE1"/>
+    <w:pPr>
+      <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="1760"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullets">
+    <w:name w:val="Bullets"/>
+    <w:basedOn w:val="ListParagraph"/>
+    <w:link w:val="BulletsChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="004B08A4"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+      <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BulletsChar">
+    <w:name w:val="Bullets Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Bullets"/>
+    <w:rsid w:val="004B08A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Open Sans" w:cstheme="minorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00165E4D"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b w:val="0"/>
+      <w:color w:val="1B232C" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00437FDB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00437FDB"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006447F7"/>
+    <w:rPr>
+      <w:color w:val="C8102E" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4-Accent31">
+    <w:name w:val="Grid Table 4 - Accent 31"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="GridTable4-Accent3"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="0057122C"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="CA78C3"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="CA78C3"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CA78C3"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="CA78C3"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CA78C3"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CA78C3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="8E3887"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="8E3887"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8E3887"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="8E3887"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8E3887"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="8E3887"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDD2EB"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDD2EB"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable4-Accent3">
     <w:name w:val="List Table 4 Accent 3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
-    <w:rsid w:val="001302B1"/>
+    <w:rsid w:val="0057122C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="CA78C3" w:themeColor="accent3" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="CA78C3" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CA78C3" w:themeColor="accent3" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="CA78C3" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CA78C3" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="8E3887" w:themeColor="accent3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="8E3887" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8E3887" w:themeColor="accent3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="8E3887" w:themeColor="accent3"/>
           <w:insideH w:val="nil"/>
@@ -13255,186 +8737,388 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EDD2EB" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EDD2EB" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BF1844"/>
+    <w:rsid w:val="00664BDB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xmsolistparagraph">
+    <w:name w:val="x_msolistparagraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="007726EB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
-  </w:style>
-[...3 lines deleted...]
-    <w:rsid w:val="00AA156C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="46033442">
+    <w:div w:id="5864785">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1108888085">
+    <w:div w:id="48958823">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="108163825">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1519345420">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="75"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="211698515">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="859395558">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="376971642">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1177958462">
+    <w:div w:id="402333999">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1231231449">
+    <w:div w:id="641542560">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1547523600">
+    <w:div w:id="696006739">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1635788754">
+    <w:div w:id="716592063">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1825272304">
+    <w:div w:id="939534668">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2037461568">
+    <w:div w:id="1258827843">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1332879627">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="211120084">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1861895355">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="75"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1293441990">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="987318499">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1473448905">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1490756128">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1572428261">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1971201511">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1985962032">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iris.co.uk/contactus" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/rates-and-thresholds-for-employers-2025-to-2026" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iris.co.uk/PAYELegislation" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/rates-and-thresholds-for-employers-2025-to-2026" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/rates-and-thresholds-for-employers-2025-to-2026" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:earniesupport@iris.co.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/rates-and-thresholds-for-employers-2025-to-2026" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/rates-and-thresholds-for-employers-2025-to-2026" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:earniesupport@iris.co.uk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Amelia.Robinson\AppData\Roaming\Microsoft\Templates\IRIS%20Template%20include%20IPP(Star)%20(002).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="IRIS Branded colours 2020">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -13717,50 +9401,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100324DD072B822DA45A6405098344A0BAD" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d213552cabf3fa6e1311cf137cbf967e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="35bf9ede-232a-42ac-a35d-e38cb33b9ce4" xmlns:ns3="2ce3720f-79b8-46d5-adbb-6bf861875524" xmlns:ns4="f1b0ff4b-53f2-4785-8eac-e3c82e6d93a8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bdbdf89b824ca17dfd9305dd9ec85ae0" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="35bf9ede-232a-42ac-a35d-e38cb33b9ce4"/>
     <xsd:import namespace="2ce3720f-79b8-46d5-adbb-6bf861875524"/>
     <xsd:import namespace="f1b0ff4b-53f2-4785-8eac-e3c82e6d93a8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
@@ -13970,165 +9663,230 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="2ce3720f-79b8-46d5-adbb-6bf861875524">
       <UserInfo>
-        <DisplayName>Craig Worton</DisplayName>
-[...5 lines deleted...]
-        <AccountId>50</AccountId>
+        <DisplayName>Rachael Wadsworth</DisplayName>
+        <AccountId>117</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <TaxCatchAll xmlns="f1b0ff4b-53f2-4785-8eac-e3c82e6d93a8" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="35bf9ede-232a-42ac-a35d-e38cb33b9ce4">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9CC3F26-0FC0-4E77-9FA0-6CF7509685FF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49ED80F5-904A-4000-93E9-F5A06862E9E2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7270D4F6-71A5-45CB-B861-EE58276298B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="35bf9ede-232a-42ac-a35d-e38cb33b9ce4"/>
     <ds:schemaRef ds:uri="2ce3720f-79b8-46d5-adbb-6bf861875524"/>
     <ds:schemaRef ds:uri="f1b0ff4b-53f2-4785-8eac-e3c82e6d93a8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{432532CE-71ED-470B-BE12-EB8C444DFEF8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87DE0144-E7A5-48DC-A7D2-E62A643CF272}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="2ce3720f-79b8-46d5-adbb-6bf861875524"/>
     <ds:schemaRef ds:uri="f1b0ff4b-53f2-4785-8eac-e3c82e6d93a8"/>
     <ds:schemaRef ds:uri="35bf9ede-232a-42ac-a35d-e38cb33b9ce4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A649D9E-CA9E-47E9-A927-72EE9A847382}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>IRIS Template include IPP(Star) (002).dotx</Template>
+  <Template>IRIS Template include IPP(Star) (002)</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>9269</Characters>
+  <Pages>3</Pages>
+  <Words>243</Words>
+  <Characters>1265</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1486</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="30" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:i4>1703995</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>26</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219114193</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>20</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219114192</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>14</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219114191</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219114190</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219114189</vt:lpwstr>
       </vt:variant>
     </vt:vector>
-  </HeadingPairs>
-[...8 lines deleted...]
-  <SharedDoc>false</SharedDoc>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amelia Robinson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100324DD072B822DA45A6405098344A0BAD</vt:lpwstr>
   </property>